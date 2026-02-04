--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -17,98 +17,98 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="61997300" w14:textId="0B446ADE" w:rsidR="006F18E8" w:rsidRPr="006F18E8" w:rsidRDefault="00384ABD" w:rsidP="00384ABD">
+    <w:p w14:paraId="61997300" w14:textId="127675B0" w:rsidR="006F18E8" w:rsidRPr="006F18E8" w:rsidRDefault="00384ABD" w:rsidP="00384ABD">
       <w:pPr>
         <w:pStyle w:val="putipo"/>
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk165976741"/>
       <w:r>
         <w:t xml:space="preserve">Artículo </w:t>
       </w:r>
-      <w:r w:rsidR="008A2C7F">
+      <w:r w:rsidR="00AD7D55">
         <w:t>original</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03A5E4A3" w14:textId="6E015037" w:rsidR="00837ABE" w:rsidRPr="006F18E8" w:rsidRDefault="0098085F" w:rsidP="00384ABD">
       <w:pPr>
         <w:pStyle w:val="putituloEs"/>
       </w:pPr>
       <w:r>
         <w:t>Título en español</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6FE9D982" w14:textId="7A92E50F" w:rsidR="00755813" w:rsidRPr="006F69DA" w:rsidRDefault="0098085F" w:rsidP="00384ABD">
+    <w:p w14:paraId="6FE9D982" w14:textId="7A92E50F" w:rsidR="00755813" w:rsidRPr="00714BC4" w:rsidRDefault="0098085F" w:rsidP="00384ABD">
       <w:pPr>
         <w:pStyle w:val="putituloEn"/>
         <w:rPr>
           <w:lang w:val="es-PE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F69DA">
+      <w:r w:rsidRPr="00714BC4">
         <w:rPr>
           <w:lang w:val="es-PE"/>
         </w:rPr>
         <w:t>Título en inglés</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD2B7A7" w14:textId="00B9A83E" w:rsidR="00755813" w:rsidRPr="006F69DA" w:rsidRDefault="00755813" w:rsidP="00226184">
+    <w:p w14:paraId="7CD2B7A7" w14:textId="00B9A83E" w:rsidR="00755813" w:rsidRPr="00714BC4" w:rsidRDefault="00755813" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="puabstractTit"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-PE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F69DA">
+      <w:r w:rsidRPr="00714BC4">
         <w:rPr>
           <w:lang w:val="es-PE"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4240E258" w14:textId="3363AD8B" w:rsidR="007D4ADF" w:rsidRPr="007D4ADF" w:rsidRDefault="001D004C" w:rsidP="007A23C1">
       <w:pPr>
         <w:pStyle w:val="puabsTxtES"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve">Un único párrafo </w:t>
       </w:r>
       <w:r w:rsidR="007D4ADF">
         <w:t xml:space="preserve">con </w:t>
       </w:r>
       <w:r w:rsidR="007D4ADF" w:rsidRPr="00DB11DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>extensión de hasta</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> </w:t>
@@ -422,169 +422,249 @@
       </w:pPr>
       <w:r w:rsidRPr="0098085F">
         <w:t>Tenga en cuenta que cada sección tiene un estilo correspondiente, que se puede encontrar en el menú "Estilos" de Word</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53088E2B" w14:textId="4AF1217A" w:rsidR="00223DC1" w:rsidRDefault="00E7572E" w:rsidP="006C6703">
       <w:pPr>
         <w:pStyle w:val="8INSTRUCCIONES"/>
       </w:pPr>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve">Los manuscritos </w:t>
       </w:r>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00523FBD">
         <w:t xml:space="preserve">(artículos) </w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve">deberán ser enviados en formato editable </w:t>
       </w:r>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00523FBD">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
-        <w:t>*.doc o *.docx</w:t>
+        <w:t>*.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t xml:space="preserve"> o *.docx</w:t>
       </w:r>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00523FBD">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve"> usando </w:t>
       </w:r>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00523FBD">
         <w:t>en su totalidad esta</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve"> plantilla</w:t>
       </w:r>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00523FBD">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
-        <w:t xml:space="preserve"> letra Book Antiqua 11</w:t>
+        <w:t xml:space="preserve"> letra Book </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t>Antiqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t xml:space="preserve"> 11</w:t>
       </w:r>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00523FBD">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve"> espaciado 1</w:t>
       </w:r>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00523FBD">
         <w:t>.5</w:t>
       </w:r>
       <w:r w:rsidR="006C6703">
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidR="006C6703" w:rsidRPr="006C6703">
         <w:t>espacio adicional (6 puntos) antes y después de títulos, subtítulos y párrafos</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00523FBD">
         <w:t xml:space="preserve">La redacción del todo el manuscrito debe realizarse </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk169616723"/>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00523FBD">
         <w:t>en tercera persona (impersonal)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00523FBD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00523FBD">
         <w:t>considerando tres principios: concisión, precisión y revisión, según</w:t>
       </w:r>
       <w:r w:rsidR="00523FBD">
         <w:t xml:space="preserve"> recomienda</w:t>
       </w:r>
       <w:r w:rsidR="00223DC1" w:rsidRPr="00E7572E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00223DC1" w:rsidRPr="006C6703">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
-          <w:t>Schall (2016)</w:t>
+          <w:t>Schall</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00223DC1" w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (2016)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00223DC1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C51D7B" w14:textId="08139AD8" w:rsidR="001661F4" w:rsidRDefault="001661F4" w:rsidP="006C6703">
       <w:pPr>
         <w:pStyle w:val="8INSTRUCCIONES"/>
       </w:pPr>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve">Para la redacción del estado del arte en el campo de la investigación, debe citar </w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>mínimamente 15 publicaciones más relevantes y actualizadas</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t>. Todas las</w:t>
       </w:r>
       <w:r w:rsidR="0098085F">
         <w:t xml:space="preserve"> citas y</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve"> referencias mencionadas en el texto deben citarse en estilo </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:anchor="1" w:history="1">
         <w:r w:rsidR="006C6703" w:rsidRPr="006C6703">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
-          <w:t>American Psychological Association, 7 a. edición (APA)</w:t>
+          <w:t xml:space="preserve">American </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="006C6703" w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>Psychological</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="006C6703" w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="006C6703" w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>Association</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="006C6703" w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>, 7 a. edición (APA)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006C6703" w:rsidRPr="006C6703">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="023160" w:themeColor="hyperlink" w:themeShade="80"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
-        <w:t>utilizando un software de gestión de referencias bibliográficas (Mendeley, Zotero o EndNote)</w:t>
+        <w:t xml:space="preserve">utilizando un software de gestión de referencias bibliográficas (Mendeley, Zotero o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t>EndNote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0098085F">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve"> y</w:t>
       </w:r>
       <w:r w:rsidR="0098085F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0098085F">
         <w:t xml:space="preserve">siempre que sea posible, </w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve">debe proporcionar direcciones URL, DOI u otro identificador digital </w:t>
       </w:r>
       <w:r w:rsidR="0098085F">
         <w:t>válido</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t>.</w:t>
       </w:r>
@@ -751,106 +831,64 @@
     </w:p>
     <w:p w14:paraId="1CC68C02" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
       <w:pPr>
         <w:pStyle w:val="pumetodoTxt"/>
       </w:pPr>
       <w:r>
         <w:t>Esta sección se debe describir con suficiente detalle para permitir que otros repliquen y desarrollen los resultados publicados. Tenga en cuenta que la publicación de su manuscrito implica que debe poner a disposición de los lectores todos los materiales, datos, códigos informáticos y protocolos asociados con la publicación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07F5E98B" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
       <w:pPr>
         <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r>
         <w:t>Procedimiento</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000D318C" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
       <w:pPr>
         <w:pStyle w:val="pumetodoTxt"/>
       </w:pPr>
       <w:r>
         <w:t>Describa en tiempo pasado el proceso y las características generales de la investigación, desde la planificación hasta los procedimientos realizados para la obtención de los datos. Por ejemplo, puede iniciar describiendo las características generales del método como tipo, diseño y nivel. Luego describir la delimitación temporal y espacial del estudio, luego puede describir los permisos o las gestiones que tuvo que realizar para ejecutar el estudio hasta las mediciones o la recopilación de datos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1532763E" w14:textId="11DFF599" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+    <w:p w14:paraId="1532763E" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
       <w:pPr>
         <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r>
-        <w:t>Muestra</w:t>
+        <w:t>Muestra o participantes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BEEECB6" w14:textId="620DF41A" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+    <w:p w14:paraId="4BEEECB6" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
       <w:pPr>
         <w:pStyle w:val="pumetodoTxt"/>
       </w:pPr>
       <w:r>
-        <w:t>Describa en tiempo pasado las características de</w:t>
-[...41 lines deleted...]
-        <w:t>Los estudios intervencionistas en los que participen animales o seres humanos, así como otros estudios que requieran aprobación ética, deben indicar la autoridad que los aprobó y el código de aprobación ética correspondiente. Los estudios observacionales deben de precisar los permisos o el “consentimiento informado” de los participantes.</w:t>
+        <w:t>Describa en tiempo pasado las características de la población, los criterios de inclusión o exclusión aplicados para delimitar la población objetivo. Posteriormente, describa el muestreo aplicado como el tipo de muestreo y el método de selección de las unidades de observación (participantes). Los estudios intervencionistas en los que participen animales o seres humanos, así como otros estudios que requieran aprobación ética, deben indicar la autoridad que los aprobó y el código de aprobación ética correspondiente. Los estudios observacionales deben de precisar los permisos o el “consentimiento informado” de los participantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27FBCE7D" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
       <w:pPr>
         <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r>
         <w:t>Mediciones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="022D66E8" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
       <w:pPr>
         <w:pStyle w:val="pumetodoTxt"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Redacte en tiempo pasado las características de los instrumentos de medición. Señalar si el instrumento es de diseño propio o una adaptación, dando crédito a los autores originales. En cualquiera de los casos, incluya las medidas de validez y confiabilidad de los instrumentos obtenidos en el estudio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D18F6D" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
       <w:pPr>
         <w:pStyle w:val="pumetodoTxt"/>
       </w:pPr>
       <w:r>
         <w:t>Los manuscritos de investigación que informen sobre grandes conjuntos de datos depositados en una base de datos de acceso público deben especificar dónde se han depositado los datos y proporcionar los números de acceso pertinentes.</w:t>
@@ -890,53 +928,55 @@
       </w:r>
       <w:r w:rsidRPr="00DB7C32">
         <w:t>esta sección podrá dividirse en subtítulos. Debe proporcionar una descripción concisa y precisa de los resultados experimentales, su interpretación, así como las conclusiones experimentales que se pueden extraer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B630A4" w14:textId="25D024E7" w:rsidR="006B1360" w:rsidRDefault="00DA1B04" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA1B04">
         <w:t>Los títulos de las subsecciones en el texto se enumerarán progresivamente según se consideren necesarios, hasta el tercer nivel, tal y como se muestran a continuación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76750128" w14:textId="2DE08C4B" w:rsidR="006B1360" w:rsidRDefault="006B1360" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB7C32">
         <w:t>Subsección</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A72DBA3" w14:textId="0BC0F5A9" w:rsidR="00DB7C32" w:rsidRPr="00C114EF" w:rsidRDefault="00DB7C32" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="puencabezado3"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DB7C32">
         <w:t>Subsubsección</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6216B2CE" w14:textId="00A3FB8C" w:rsidR="006B1360" w:rsidRPr="00DB7C32" w:rsidRDefault="006B1360" w:rsidP="00F133E1">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Las listas con viñetas tienen este aspecto</w:t>
       </w:r>
       <w:r w:rsidR="00DB7C32">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="265558F2" w14:textId="2BFBA09C" w:rsidR="00DB7C32" w:rsidRPr="003030D2" w:rsidRDefault="00DB7C32" w:rsidP="00DB7C32">
       <w:pPr>
         <w:pStyle w:val="5VIETA"/>
       </w:pPr>
       <w:r w:rsidRPr="003030D2">
         <w:t>Primera viñeta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3341F649" w14:textId="5362C38D" w:rsidR="00DB7C32" w:rsidRPr="003030D2" w:rsidRDefault="00DB7C32" w:rsidP="00DB7C32">
       <w:pPr>
         <w:pStyle w:val="5VIETA"/>
       </w:pPr>
       <w:r w:rsidRPr="003030D2">
@@ -1023,139 +1063,82 @@
       <w:r w:rsidR="00C114EF">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>, etc.</w:t>
       </w:r>
       <w:r w:rsidR="00E12BE8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E12BE8" w:rsidRPr="00E12BE8">
         <w:t>Si fuere necesario se puede hacer uso de imágenes, fotografías o gráficos. En</w:t>
       </w:r>
       <w:r w:rsidR="00FC2AB1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E12BE8" w:rsidRPr="00E12BE8">
         <w:t>todos los casos se les llamará Figura, tal como se muestra en la Figura 1, donde se ve una imagen de prueba.</w:t>
       </w:r>
       <w:r w:rsidR="00E12BE8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E12BE8" w:rsidRPr="00E12BE8">
         <w:t>Las figuras deben referenciarse antes de aparecer en el artículo, y se debe dar siempre un pequeño resumen de su contenido.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A72A241" w14:textId="77777777" w:rsidR="00226184" w:rsidRPr="007D4ADF" w:rsidRDefault="00226184" w:rsidP="00226184">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="48A23899" w14:textId="17391105" w:rsidR="00AD7D55" w:rsidRDefault="00AD7D55" w:rsidP="00AD7D55">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
-[...47 lines deleted...]
-      </w:r>
+      <w:fldSimple w:instr=" SEQ Figura \* ARABIC ">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+      </w:fldSimple>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AD7D55">
+        <w:t xml:space="preserve">Incluya </w:t>
+      </w:r>
+      <w:r>
+        <w:t>el Título de su Gráfico Aquí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F74B555" w14:textId="7AD55136" w:rsidR="00A83793" w:rsidRDefault="007D2285" w:rsidP="00AD7D55">
+      <w:pPr>
+        <w:pStyle w:val="pufig"/>
+      </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CA49166" wp14:editId="6E18EB6B">
             <wp:extent cx="3600000" cy="2380000"/>
             <wp:effectExtent l="0" t="0" r="635" b="1270"/>
             <wp:docPr id="1662990413" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -1163,276 +1146,282 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3600000" cy="2380000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BAE0FFD" w14:textId="68F1158D" w:rsidR="00F173A3" w:rsidRPr="00F173A3" w:rsidRDefault="00F032E3" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="uptabNota"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00850BED">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00850BED">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve">Las </w:t>
       </w:r>
       <w:r>
         <w:t>figuras</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve"> pueden tener un pie de página</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E1368">
         <w:t xml:space="preserve">que indique </w:t>
       </w:r>
       <w:r>
         <w:t>la fuente</w:t>
       </w:r>
       <w:r w:rsidR="006E1368">
         <w:t xml:space="preserve"> y elaboración (de ser el caso)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A47D755" w14:textId="130F601B" w:rsidR="00C114EF" w:rsidRPr="00C114EF" w:rsidRDefault="00C114EF" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Todas las tablas deben citarse en el texto principal como Tabla 1,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Tabla 2,</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> etc.</w:t>
       </w:r>
       <w:r w:rsidR="00E12BE8">
-        <w:t xml:space="preserve"> Se puede hacer uso de tablas para presentar datos, como se muestra en la Tabla 1, donde se puede ver información de prueba. Las tablas deben referenciarse antes de aparecer en el artículo, y se debe dar siempre un pequeño resumen de su contenido. Si el contenido de la Tabla es elaboración propia de los autores, no se declara como fuente.</w:t>
+        <w:t xml:space="preserve"> Se puede hacer uso de tablas para presentar datos, como se muestra en la Tabla 1, donde se puede ver información de prueba. Las tablas deben referenciarse antes de aparecer en el artículo, y se debe dar siempre un pequeño resumen de su contenido. Si el contenido de la Tabla es elaboración propia de los autores, no se </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E12BE8">
+        <w:t>declara como</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E12BE8">
+        <w:t xml:space="preserve"> fuente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D146A4" w14:textId="0FB8D0DC" w:rsidR="00415FB9" w:rsidRPr="00E7572E" w:rsidRDefault="00415FB9" w:rsidP="004F0655">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3F2B92AB" w14:textId="1F95776E" w:rsidR="00AD7D55" w:rsidRDefault="00AD7D55" w:rsidP="00AD7D55">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
-[...46 lines deleted...]
-        <w:t>.</w:t>
+      <w:fldSimple w:instr=" SEQ Tabla \* ARABIC ">
+        <w:r w:rsidR="00545546">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+      </w:fldSimple>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00850BED">
+        <w:t>Escriba el Título de su Tabla Aquí</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="7938" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3110"/>
         <w:gridCol w:w="2414"/>
         <w:gridCol w:w="2414"/>
       </w:tblGrid>
       <w:tr w:rsidR="006F4CC7" w:rsidRPr="004F0655" w14:paraId="3361E63C" w14:textId="77777777" w:rsidTr="00E7572E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AC2EE68" w14:textId="77777777" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="006F4CC7" w:rsidP="00694687">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Titulo 1</w:t>
+              <w:t>Titulo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0655">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2414" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="234113C7" w14:textId="77777777" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="006F4CC7" w:rsidP="00694687">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Titulo 2</w:t>
+              <w:t>Titulo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0655">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2414" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="12A086D9" w14:textId="77777777" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="006F4CC7" w:rsidP="00694687">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Titulo 3</w:t>
+              <w:t>Titulo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0655">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F4CC7" w:rsidRPr="004F0655" w14:paraId="49AA46D3" w14:textId="77777777" w:rsidTr="00E7572E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4DCA5680" w14:textId="77777777" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="006F4CC7" w:rsidP="00694687">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -1588,58 +1577,58 @@
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">datos </w:t>
             </w:r>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="67BAA622" w14:textId="6B594AD9" w:rsidR="006B1360" w:rsidRDefault="00F032E3" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="uptabNota"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00850BED">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00850BED">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve">Las </w:t>
       </w:r>
       <w:r w:rsidR="00FA5F77">
         <w:t>tablas</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve"> pueden tener un pie de página</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F0655">
         <w:t>que indique</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> fuente, breve </w:t>
       </w:r>
       <w:r w:rsidRPr="00F032E3">
         <w:t>resumen de su contenido</w:t>
@@ -1666,66 +1655,65 @@
         </w:rPr>
         <w:t>Figura 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA5F77">
         <w:t xml:space="preserve"> Esta es una figura.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4283"/>
         <w:gridCol w:w="4505"/>
       </w:tblGrid>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00196D5A" w14:paraId="6296541A" w14:textId="77777777" w:rsidTr="00005090">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="432E4EEB" w14:textId="586A4DE5" w:rsidR="004F0655" w:rsidRPr="00196D5A" w:rsidRDefault="004F0655" w:rsidP="00F600D3">
             <w:pPr>
               <w:pStyle w:val="MDPI52figure"/>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005273D3">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-419" w:eastAsia="es-419"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="013B1E57" wp14:editId="1A198CF3">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="013B1E57" wp14:editId="4E6D5748">
                   <wp:extent cx="5508000" cy="1594024"/>
                   <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                   <wp:docPr id="903038459" name="Imagem 2" descr="Gráfico, Gráfico de barras&#10;&#10;Descrição gerada automaticamente"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="903038459" name="Imagem 2" descr="Gráfico, Gráfico de barras&#10;&#10;Descrição gerada automaticamente"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
                           <a:blip r:embed="rId14" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect t="12066"/>
                           <a:stretch/>
@@ -1742,51 +1730,50 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA5F77" w:rsidRPr="00196D5A" w14:paraId="143D8BF4" w14:textId="77777777" w:rsidTr="00005090">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4283" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C255545" w14:textId="10BAFDD0" w:rsidR="00FA5F77" w:rsidRPr="00196D5A" w:rsidRDefault="00FA5F77" w:rsidP="00F600D3">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
             </w:pPr>
             <w:r w:rsidRPr="00196D5A">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="0019231B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00196D5A">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4505" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F44FA26" w14:textId="0BEF631F" w:rsidR="00FA5F77" w:rsidRPr="00196D5A" w:rsidRDefault="00FA5F77" w:rsidP="00F600D3">
@@ -1809,1559 +1796,1519 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D03BF47" w14:textId="2BDDBE3E" w:rsidR="00005090" w:rsidRDefault="00005090" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="uptabNota"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00005090">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA5F77">
         <w:t>Los esquemas siguen otro formato. Si hay varios paneles, deben enumerarse como: (a) Descripción de lo que contiene el primer panel; (b) Descripción de lo contenido en el segundo panel. Las figuras deben colocarse en el texto principal cerca de la primera vez que se citan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22413F6E" w14:textId="2490AB2E" w:rsidR="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Esta es una tabla. Las tablas deben colocarse en el texto principal cerca de la primera vez que se citan.</w:t>
+    <w:p w14:paraId="52C69F21" w14:textId="4F90D6C0" w:rsidR="00545546" w:rsidRDefault="00545546" w:rsidP="00545546">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Tabla </w:t>
+      </w:r>
+      <w:fldSimple w:instr=" SEQ Tabla \* ARABIC ">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+      </w:fldSimple>
+      <w:r>
+        <w:br/>
+        <w:t>Título</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3312"/>
         <w:gridCol w:w="2594"/>
         <w:gridCol w:w="1441"/>
         <w:gridCol w:w="1441"/>
       </w:tblGrid>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="2E732E51" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E87B4E3" w14:textId="047879A9" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Título 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17336287" w14:textId="56F3F583" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Título 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29578466" w14:textId="75788F8B" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Título 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D7F0F1B" w14:textId="67E609A3" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Título 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="3064247E" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13C4930C" w14:textId="2328BB70" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>entrada 1 *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="774A00FB" w14:textId="0740BBAD" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D14A447" w14:textId="3375C3D4" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BEF24D0" w14:textId="6C1988B3" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="72CFCB83" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0CD8C2F4" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72BBC18F" w14:textId="0F3147C7" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27FD90A0" w14:textId="0FBE9B07" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45A1FF66" w14:textId="3615A84C" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="1CF24032" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28BF4A2A" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D8D048C" w14:textId="558ABAE6" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35F46027" w14:textId="602841FA" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B198438" w14:textId="2E6BD576" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="01557CC3" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14958EB7" w14:textId="73164791" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>entrada 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4890C012" w14:textId="653CE6E6" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74255837" w14:textId="10B6F76C" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57B6227A" w14:textId="3DD5C287" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="58D3637C" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47A00188" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60679D31" w14:textId="795FCF99" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02063D7E" w14:textId="4652C6AE" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4471B256" w14:textId="4B5BA11A" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="1DC18A39" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="409C7F83" w14:textId="5E7D755C" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>entrada 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4ED49AE8" w14:textId="04EE97F6" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D4799B6" w14:textId="05698EA1" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EE0B661" w14:textId="0C1157A2" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="549F072E" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="24E05E29" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E89203D" w14:textId="2603779A" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DA699BA" w14:textId="796761D0" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B645F0A" w14:textId="0D3A6F20" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="2BE99CF0" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73E355FC" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7366A26C" w14:textId="6122A0BA" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="43720F6E" w14:textId="3C8196B7" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09C6D518" w14:textId="0CA957CC" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="2B2F4D99" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C3664E6" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DC9B0DC" w14:textId="472F764F" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D92B194" w14:textId="14A6C0CD" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FB34372" w14:textId="7F354A0F" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="080B5804" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50C0B09C" w14:textId="22A8083A" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>entrada 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B443C33" w14:textId="5BCEBA6F" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C616BD" w14:textId="516E406F" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="716342EC" w14:textId="6D9C1F6A" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="21F6E11A" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363C43BB" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40FF3234" w14:textId="2ED249A9" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1935C37E" w14:textId="19EDB8A4" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E998101" w14:textId="23EC15E8" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36683F61" w14:textId="77777777" w:rsidR="004F0655" w:rsidRDefault="004F0655" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="uptabNota"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00545546">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00545546">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve">Las </w:t>
       </w:r>
       <w:r>
         <w:t>tablas</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve"> pueden tener un pie de página</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> que indique fuente, breve </w:t>
       </w:r>
       <w:r w:rsidRPr="00F032E3">
         <w:t>resumen de su contenido</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> u otra información aclaratoria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ACD6C36" w14:textId="33D09E23" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E7572E">
         <w:t>Formato</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> de los componentes matemáticos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35BD595D" w14:textId="35916612" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="00E12BE8" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r>
         <w:t>Para fórmulas matemáticas se debe usar el editor de ecuaciones, e</w:t>
       </w:r>
       <w:r w:rsidR="002C3FD1" w:rsidRPr="007D4ADF">
         <w:t>ste es el ejemplo 1 de una ecuación</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1A2777" w14:textId="33A1A6AE" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00005090">
-[...1 lines deleted...]
-        <w:pStyle w:val="puresultadosTxt"/>
+    <w:p w14:paraId="3C1A2777" w14:textId="337E1CBD" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00FC71C8">
+      <w:pPr>
+        <w:pStyle w:val="putextoGrl"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
-        <w:t xml:space="preserve">a = 1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+        <w:t>a = 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7572E">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7572E">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7572E">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7572E">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7572E">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>(1)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:instrText xml:space="preserve"> SEQ Ecuación \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC78799" w14:textId="666F9E72" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Este es el ejemplo 2 de una ecuación</w:t>
       </w:r>
       <w:r w:rsidR="00E12BE8">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA9CCA7" w14:textId="5A094500" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="00170023" w:rsidP="00E7572E">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2DA9CCA7" w14:textId="24A6E202" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="00170023" w:rsidP="00B12105">
+      <w:pPr>
+        <w:pStyle w:val="putextoGrl"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:object w:dxaOrig="3340" w:dyaOrig="1060" w14:anchorId="1E45AA75">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:162.8pt;height:54.25pt" o:ole="" o:allowoverlap="f">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:163.15pt;height:54.25pt" o:ole="" o:allowoverlap="f">
             <v:imagedata r:id="rId15" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1803105205" r:id="rId16"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1829391830" r:id="rId16"/>
         </w:object>
       </w:r>
-      <w:r w:rsidR="001B6011" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:instrText xml:space="preserve"> SEQ Ecuación \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
         <w:rPr>
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:noProof/>
         </w:rPr>
-        <w:tab/>
-[...47 lines deleted...]
-        <w:t>(2)</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FEAA616" w14:textId="77777777" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Los entornos de tipo teorema (incluidas proposiciones, lemas, corolarios, etc.) pueden formatearse como sigue:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="097DD66C" w14:textId="4944C235" w:rsidR="00494C03" w:rsidRPr="007D4ADF" w:rsidRDefault="00494C03" w:rsidP="00DB7C32">
       <w:pPr>
         <w:pStyle w:val="42SUBSECCIN"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve">Formato de </w:t>
       </w:r>
       <w:r w:rsidR="004B30B4" w:rsidRPr="007D4ADF">
         <w:t>declaraciones o análisis cualitativo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F29818" w14:textId="7A9FF715" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
@@ -3419,195 +3366,265 @@
       </w:r>
       <w:r w:rsidR="00736C0A" w:rsidRPr="004F0655">
         <w:t>resultados</w:t>
       </w:r>
       <w:r w:rsidR="00736C0A" w:rsidRPr="00736C0A">
         <w:t xml:space="preserve"> deben ser contrastados con la literatura </w:t>
       </w:r>
       <w:r w:rsidR="00736C0A">
         <w:t>citada en la introducción</w:t>
       </w:r>
       <w:r w:rsidR="00736C0A" w:rsidRPr="00736C0A">
         <w:t xml:space="preserve">, como reflejo del método </w:t>
       </w:r>
       <w:r w:rsidR="00736C0A">
         <w:t>aplicado</w:t>
       </w:r>
       <w:r w:rsidR="00736C0A" w:rsidRPr="00736C0A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A2CB0E8" w14:textId="77777777" w:rsidR="00F173A3" w:rsidRDefault="00736C0A" w:rsidP="009C1409">
       <w:pPr>
         <w:pStyle w:val="pudiscOtrosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="00736C0A">
+        <w:lastRenderedPageBreak/>
         <w:t>Se discuten a partir de interpretaciones y comparaciones con otros resultados de igual propósito derivado de otras investigaciones</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00736C0A">
         <w:t xml:space="preserve"> es decir, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">se debe </w:t>
       </w:r>
       <w:r w:rsidR="00DF4C17">
         <w:t>contrastar</w:t>
       </w:r>
       <w:r w:rsidRPr="00736C0A">
         <w:t xml:space="preserve"> los resultados del estudio con otros, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">es impórtate </w:t>
       </w:r>
       <w:r w:rsidRPr="00736C0A">
         <w:t>enunciar las ventajas del estudio y sus aportes, evitando adjetivos que elogien los resultados.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10DBDB2C" w14:textId="64974486" w:rsidR="00502FB5" w:rsidRPr="007D4ADF" w:rsidRDefault="00736C0A" w:rsidP="009C1409">
       <w:pPr>
         <w:pStyle w:val="pudiscOtrosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
-        <w:lastRenderedPageBreak/>
         <w:t>Los resultados y sus implicaciones deben discutirse en el contexto más amplio posible. También pueden destacarse las futuras líneas de investigación</w:t>
       </w:r>
       <w:r w:rsidR="007D2C11">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DFDED8C" w14:textId="665AA159" w:rsidR="00502FB5" w:rsidRPr="007D4ADF" w:rsidRDefault="005E0286" w:rsidP="009C1409">
       <w:pPr>
         <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C6E7AA3" w14:textId="782B7F5B" w:rsidR="005E0286" w:rsidRDefault="00736C0A" w:rsidP="009C1409">
       <w:pPr>
         <w:pStyle w:val="pudiscOtrosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="00736C0A">
         <w:t>Las conclusiones reflejan que el objetivo establecido ha sido cumplido, así como su impacto en sentido general</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00736C0A">
         <w:t xml:space="preserve"> de ellas suelen derivarse las recomendaciones. Constituyen el punto principal para futuras investigaciones, deben redactarse de manera breve y precisa.  No utilice guiones o viñetas para separar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> conclusiones</w:t>
       </w:r>
       <w:r w:rsidRPr="00736C0A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BD01E16" w14:textId="70DD6D0E" w:rsidR="00F173A3" w:rsidRPr="007D4ADF" w:rsidRDefault="00F173A3" w:rsidP="009C1409">
       <w:pPr>
         <w:pStyle w:val="pureferencias"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A1E6C2" w14:textId="2CE284A0" w:rsidR="004F0655" w:rsidRPr="007D4ADF" w:rsidRDefault="004F0655" w:rsidP="009C1409">
+    <w:p w14:paraId="58A1E6C2" w14:textId="3FCBB58D" w:rsidR="004F0655" w:rsidRPr="007D4ADF" w:rsidRDefault="004F0655" w:rsidP="009C1409">
       <w:pPr>
         <w:pStyle w:val="putextoGrl"/>
       </w:pPr>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t>ebe citar mínimamente 15 publicaciones más relevantes y actualizadas. Todas las</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> citas y</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve"> referencias mencionadas en el texto deben citarse en estilo </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:anchor="1" w:history="1">
         <w:r w:rsidRPr="006C6703">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
-          <w:t>American Psychological Association, 7 a. edición (APA)</w:t>
+          <w:t xml:space="preserve">American </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>Psychological</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>Association</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>, 7 a. edición (APA)</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00B12105">
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="006C6703">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00B12105">
+        <w:t>Ut</w:t>
+      </w:r>
       <w:r w:rsidRPr="00523FBD">
-        <w:t>utilizando un software de gestión de referencias bibliográficas (Mendeley, Zotero o EndNote)</w:t>
+        <w:t>ili</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12105">
+        <w:t xml:space="preserve">ce </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t xml:space="preserve">un software de gestión de referencias bibliográficas (Mendeley, Zotero o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t>EndNote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00EC4082">
         <w:t xml:space="preserve">, se recomienda usar un manual de estilo, como el de la </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00EC4082" w:rsidRPr="00EC4082">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>Revista Comunicar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve"> y</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">siempre que sea posible, </w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
-        <w:t xml:space="preserve">debe proporcionar direcciones URL, DOI u otro identificador digital </w:t>
+        <w:t>debe proporcionar direcciones DOI</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2087E">
+        <w:t xml:space="preserve">, URL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t xml:space="preserve">u otro identificador digital </w:t>
       </w:r>
       <w:r>
         <w:t>válido</w:t>
       </w:r>
       <w:r w:rsidRPr="00523FBD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20C00276" w14:textId="61DA519F" w:rsidR="00F173A3" w:rsidRPr="0060625E" w:rsidRDefault="00F173A3" w:rsidP="0060625E">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F173A3">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith, J. (2020). El impacto de la tecnología en la educación. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F173A3">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
@@ -3784,83 +3801,83 @@
       <w:r w:rsidRPr="00104F85">
         <w:t xml:space="preserve">Los artículos que derivan de proyectos financiados deben </w:t>
       </w:r>
       <w:r w:rsidR="006B3936">
         <w:t>indicar</w:t>
       </w:r>
       <w:r w:rsidRPr="00104F85">
         <w:t xml:space="preserve"> la entidad </w:t>
       </w:r>
       <w:r w:rsidR="006B3936">
         <w:t>que financió la investigación</w:t>
       </w:r>
       <w:r w:rsidRPr="00104F85">
         <w:t>, incluyendo número de contrato, convenio o resolución</w:t>
       </w:r>
       <w:r w:rsidR="00736C0A">
         <w:t xml:space="preserve">, por favor añada: </w:t>
       </w:r>
       <w:r w:rsidR="00736C0A" w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve">"Esta investigación fue financiada por NOMBRE DEL FINANCIADOR, </w:t>
       </w:r>
       <w:r w:rsidR="006B3936">
         <w:t xml:space="preserve">número de </w:t>
       </w:r>
       <w:r w:rsidR="00736C0A" w:rsidRPr="007D4ADF">
+        <w:lastRenderedPageBreak/>
         <w:t>subvención</w:t>
       </w:r>
       <w:r w:rsidR="006B3936">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="006B3936" w:rsidRPr="00104F85">
         <w:t>contrato, convenio o resolución</w:t>
       </w:r>
       <w:r w:rsidR="00736C0A" w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> XXX"</w:t>
       </w:r>
       <w:r w:rsidRPr="00104F85">
         <w:t>. De lo contrario, señalar</w:t>
       </w:r>
       <w:r w:rsidR="00736C0A">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00104F85">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00176EC7" w:rsidRPr="007D4ADF">
         <w:t>"Esta investigación no recibió financiación externa"</w:t>
       </w:r>
       <w:r w:rsidR="00736C0A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D44E1C" w14:textId="3B92BF22" w:rsidR="005E1DEF" w:rsidRDefault="00A90616" w:rsidP="005E1DEF">
       <w:pPr>
         <w:pStyle w:val="2SECCIN"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Declaración de consentimiento informado </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25AF5CB6" w14:textId="15F2E55C" w:rsidR="00A90616" w:rsidRPr="007D4ADF" w:rsidRDefault="00A90616" w:rsidP="00EC4082">
       <w:pPr>
         <w:pStyle w:val="3PRRAFO"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve">Todo artículo de investigación que describa un estudio con seres humanos debe contener esta declaración. Añada "Se obtuvo el consentimiento </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4082">
         <w:t>informado</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> de todos los sujetos que participaron en el estudio". O "Se renunció al consentimiento del paciente debido a una </w:t>
       </w:r>
       <w:r w:rsidR="00C52689" w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve">razón </w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>(proporcione una justificación detallada)". O "No procede" para los estudios en los que no participen seres humanos. También puede optar por excluir esta declaración si el estudio no incluyó seres humanos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E99C37E" w14:textId="538473E7" w:rsidR="0040736B" w:rsidRPr="007D4ADF" w:rsidRDefault="00A90616" w:rsidP="00EC4082">
       <w:pPr>
@@ -3910,66 +3927,103 @@
         <w:t>Contribución de los autores</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313C7100" w14:textId="75EE049E" w:rsidR="00227AE9" w:rsidRPr="00F173A3" w:rsidRDefault="0060625E" w:rsidP="00EC4082">
       <w:pPr>
         <w:pStyle w:val="3PRRAFO"/>
       </w:pPr>
       <w:r w:rsidRPr="0060625E">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicar la contribución de cada uno de los autores </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">(utilizando sólo iniciales de nombres y apellidos) </w:t>
       </w:r>
       <w:r w:rsidRPr="0060625E">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">según la taxonomía de roles para la contribución de autoría </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0060625E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>CRediT (</w:t>
-[...9 lines deleted...]
-      </w:hyperlink>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0060625E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://credit.niso.org/"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0060625E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Contributor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0060625E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Roles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0060625E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Taxonomy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="0060625E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00EC4082">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>de la</w:t>
       </w:r>
       <w:r w:rsidRPr="0060625E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> NISO. Por ejemplo:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
@@ -3983,294 +4037,300 @@
         <w:sdtPr>
           <w:alias w:val="Taxonomía de roles CRediT"/>
           <w:tag w:val="Taxonomía de roles CRediT"/>
           <w:id w:val="-1191826488"/>
           <w:placeholder>
             <w:docPart w:val="AF71935C1E6443EEAFFE0188C0943C22"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Elija un elemento."/>
             <w:listItem w:displayText="Administración de proyecto" w:value="Administración de proyecto"/>
             <w:listItem w:displayText="Adquisición de financiación" w:value="Adquisición de financiación"/>
             <w:listItem w:displayText="Análisis formal" w:value="Análisis formal"/>
             <w:listItem w:displayText="Conceptualización" w:value="Conceptualización"/>
             <w:listItem w:displayText="Curación de datos" w:value="Curación de datos"/>
             <w:listItem w:displayText="Investigación" w:value="Investigación"/>
             <w:listItem w:displayText="Metodología" w:value="Metodología"/>
             <w:listItem w:displayText="Recursos" w:value="Recursos"/>
             <w:listItem w:displayText="Software" w:value="Software"/>
             <w:listItem w:displayText="Supervisión" w:value="Supervisión"/>
             <w:listItem w:displayText="Validación" w:value="Validación"/>
             <w:listItem w:displayText="Visualización" w:value="Visualización"/>
             <w:listItem w:displayText="Escritura – borrador original" w:value="Escritura – borrador original"/>
             <w:listItem w:displayText="Escritura – revisión y edición" w:value="Escritura – revisión y edición"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0059717C">
             <w:t>Conceptualización</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00227AE9" w:rsidRPr="00227AE9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Taxonomía de roles CRediT"/>
           <w:tag w:val="Taxonomía de roles CRediT"/>
           <w:id w:val="490757383"/>
           <w:placeholder>
             <w:docPart w:val="E1C52506CA384928908349B2A2C3F9D5"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Elija un elemento."/>
             <w:listItem w:displayText="Administración de proyecto" w:value="Administración de proyecto"/>
             <w:listItem w:displayText="Adquisición de financiación" w:value="Adquisición de financiación"/>
             <w:listItem w:displayText="Análisis formal" w:value="Análisis formal"/>
             <w:listItem w:displayText="Conceptualización" w:value="Conceptualización"/>
             <w:listItem w:displayText="Curación de datos" w:value="Curación de datos"/>
             <w:listItem w:displayText="Investigación" w:value="Investigación"/>
             <w:listItem w:displayText="Metodología" w:value="Metodología"/>
             <w:listItem w:displayText="Recursos" w:value="Recursos"/>
             <w:listItem w:displayText="Software" w:value="Software"/>
             <w:listItem w:displayText="Supervisión" w:value="Supervisión"/>
             <w:listItem w:displayText="Validación" w:value="Validación"/>
             <w:listItem w:displayText="Visualización" w:value="Visualización"/>
             <w:listItem w:displayText="Escritura – borrador original" w:value="Escritura – borrador original"/>
             <w:listItem w:displayText="Escritura – revisión y edición" w:value="Escritura – revisión y edición"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0059717C">
-            <w:t>Adquisición de financiación</w:t>
+            <w:t xml:space="preserve">Adquisición de </w:t>
+          </w:r>
+          <w:r w:rsidR="0059717C">
+            <w:lastRenderedPageBreak/>
+            <w:t>financiación</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F0655">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00227AE9" w:rsidRPr="00227AE9">
         <w:t xml:space="preserve">ITTA: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Taxonomía de roles CRediT"/>
           <w:tag w:val="Taxonomía de roles CRediT"/>
           <w:id w:val="-1480069632"/>
           <w:placeholder>
             <w:docPart w:val="0D0908E6897F4C62819481514132361F"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Elija un elemento."/>
             <w:listItem w:displayText="Administración de proyecto" w:value="Administración de proyecto"/>
             <w:listItem w:displayText="Adquisición de financiación" w:value="Adquisición de financiación"/>
             <w:listItem w:displayText="Análisis formal" w:value="Análisis formal"/>
             <w:listItem w:displayText="Conceptualización" w:value="Conceptualización"/>
             <w:listItem w:displayText="Curación de datos" w:value="Curación de datos"/>
             <w:listItem w:displayText="Investigación" w:value="Investigación"/>
             <w:listItem w:displayText="Metodología" w:value="Metodología"/>
             <w:listItem w:displayText="Recursos" w:value="Recursos"/>
             <w:listItem w:displayText="Software" w:value="Software"/>
             <w:listItem w:displayText="Supervisión" w:value="Supervisión"/>
             <w:listItem w:displayText="Validación" w:value="Validación"/>
             <w:listItem w:displayText="Visualización" w:value="Visualización"/>
             <w:listItem w:displayText="Escritura – borrador original" w:value="Escritura – borrador original"/>
             <w:listItem w:displayText="Escritura – revisión y edición" w:value="Escritura – revisión y edición"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0059717C">
             <w:t>Investigación</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00465803">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Taxonomía de roles CRediT"/>
           <w:tag w:val="Taxonomía de roles CRediT"/>
           <w:id w:val="844288623"/>
           <w:placeholder>
             <w:docPart w:val="D632BC06522F45BD907BCB00012CC4B4"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Elija un elemento."/>
             <w:listItem w:displayText="Administración de proyecto" w:value="Administración de proyecto"/>
             <w:listItem w:displayText="Adquisición de financiación" w:value="Adquisición de financiación"/>
             <w:listItem w:displayText="Análisis formal" w:value="Análisis formal"/>
             <w:listItem w:displayText="Conceptualización" w:value="Conceptualización"/>
             <w:listItem w:displayText="Curación de datos" w:value="Curación de datos"/>
             <w:listItem w:displayText="Investigación" w:value="Investigación"/>
             <w:listItem w:displayText="Metodología" w:value="Metodología"/>
             <w:listItem w:displayText="Recursos" w:value="Recursos"/>
             <w:listItem w:displayText="Software" w:value="Software"/>
             <w:listItem w:displayText="Supervisión" w:value="Supervisión"/>
             <w:listItem w:displayText="Validación" w:value="Validación"/>
             <w:listItem w:displayText="Visualización" w:value="Visualización"/>
             <w:listItem w:displayText="Escritura – borrador original" w:value="Escritura – borrador original"/>
             <w:listItem w:displayText="Escritura – revisión y edición" w:value="Escritura – revisión y edición"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0059717C">
             <w:t>Metodología</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F0655">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00465803">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F0655">
         <w:t xml:space="preserve">ABC: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Taxonomía de roles CRediT"/>
           <w:tag w:val="Taxonomía de roles CRediT"/>
           <w:id w:val="240921869"/>
           <w:placeholder>
             <w:docPart w:val="24F1C0AD331547C79ADFE788F44A019B"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Elija un elemento."/>
             <w:listItem w:displayText="Administración de proyecto" w:value="Administración de proyecto"/>
             <w:listItem w:displayText="Adquisición de financiación" w:value="Adquisición de financiación"/>
             <w:listItem w:displayText="Análisis formal" w:value="Análisis formal"/>
             <w:listItem w:displayText="Conceptualización" w:value="Conceptualización"/>
             <w:listItem w:displayText="Curación de datos" w:value="Curación de datos"/>
             <w:listItem w:displayText="Investigación" w:value="Investigación"/>
             <w:listItem w:displayText="Metodología" w:value="Metodología"/>
             <w:listItem w:displayText="Recursos" w:value="Recursos"/>
             <w:listItem w:displayText="Software" w:value="Software"/>
             <w:listItem w:displayText="Supervisión" w:value="Supervisión"/>
             <w:listItem w:displayText="Validación" w:value="Validación"/>
             <w:listItem w:displayText="Visualización" w:value="Visualización"/>
             <w:listItem w:displayText="Escritura – borrador original" w:value="Escritura – borrador original"/>
             <w:listItem w:displayText="Escritura – revisión y edición" w:value="Escritura – revisión y edición"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F0655">
             <w:t>Validación</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F0655">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Taxonomía de roles CRediT"/>
           <w:tag w:val="Taxonomía de roles CRediT"/>
           <w:id w:val="680016120"/>
           <w:placeholder>
             <w:docPart w:val="B6551E8A49D84652AAF3EECEF3A65BF6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Elija un elemento."/>
             <w:listItem w:displayText="Administración de proyecto" w:value="Administración de proyecto"/>
             <w:listItem w:displayText="Adquisición de financiación" w:value="Adquisición de financiación"/>
             <w:listItem w:displayText="Análisis formal" w:value="Análisis formal"/>
             <w:listItem w:displayText="Conceptualización" w:value="Conceptualización"/>
             <w:listItem w:displayText="Curación de datos" w:value="Curación de datos"/>
             <w:listItem w:displayText="Investigación" w:value="Investigación"/>
             <w:listItem w:displayText="Metodología" w:value="Metodología"/>
             <w:listItem w:displayText="Recursos" w:value="Recursos"/>
             <w:listItem w:displayText="Software" w:value="Software"/>
             <w:listItem w:displayText="Supervisión" w:value="Supervisión"/>
             <w:listItem w:displayText="Validación" w:value="Validación"/>
             <w:listItem w:displayText="Visualización" w:value="Visualización"/>
             <w:listItem w:displayText="Escritura – borrador original" w:value="Escritura – borrador original"/>
             <w:listItem w:displayText="Escritura – revisión y edición" w:value="Escritura – revisión y edición"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F0655" w:rsidRPr="005F7683">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">Elija un </w:t>
           </w:r>
           <w:r w:rsidR="004F0655">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>r</w:t>
           </w:r>
           <w:r w:rsidR="004F0655" w:rsidRPr="0060625E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>ol de colaborador</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F0655">
-        <w:t>; etc…</w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004F0655">
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004F0655">
+        <w:t>…</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00227AE9" w:rsidRPr="00F173A3" w:rsidSect="00DF38A7">
-      <w:headerReference w:type="even" r:id="rId20"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="even" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="993" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BFA3EE6" w14:textId="77777777" w:rsidR="00D20217" w:rsidRDefault="00D20217" w:rsidP="00837ABE">
+    <w:p w14:paraId="6396D08E" w14:textId="77777777" w:rsidR="00863571" w:rsidRDefault="00863571" w:rsidP="00837ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="677C92ED" w14:textId="77777777" w:rsidR="00D20217" w:rsidRDefault="00D20217" w:rsidP="00837ABE">
+    <w:p w14:paraId="457899AF" w14:textId="77777777" w:rsidR="00863571" w:rsidRDefault="00863571" w:rsidP="00837ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4282,152 +4342,152 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Book Antiqua">
+    <w:altName w:val="Book Antiqua"/>
+    <w:panose1 w:val="02040602050305030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Baskerville Old Face">
     <w:panose1 w:val="02020602080505020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="31437C"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4389"/>
       <w:gridCol w:w="4389"/>
     </w:tblGrid>
     <w:tr w:rsidR="00EC4082" w:rsidRPr="00EC4082" w14:paraId="26B3E26A" w14:textId="77777777" w:rsidTr="00ED7A9D">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4389" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="4C3434"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="0AE0F93F" w14:textId="392E4963" w:rsidR="00C9202B" w:rsidRPr="0060327A" w:rsidRDefault="008A2C7F" w:rsidP="00586AA2">
+        <w:p w14:paraId="0AE0F93F" w14:textId="392E4963" w:rsidR="00C9202B" w:rsidRPr="0060327A" w:rsidRDefault="00000000" w:rsidP="00586AA2">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:color w:val="FFFFFF" w:themeColor="background1"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:alias w:val="Dirección de correo electrónico de la compañía"/>
               <w:tag w:val=""/>
               <w:id w:val="-1863893333"/>
               <w:placeholder>
                 <w:docPart w:val="E8702062913944A89A9D87320DFA7F5D"/>
               </w:placeholder>
               <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyEmail[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
               <w:text/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00ED7A9D">
                 <w:rPr>
                   <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Calibri"/>
                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="es-ES"/>
                   <w14:ligatures w14:val="none"/>
                 </w:rPr>
                 <w:t>pucso</w:t>
               </w:r>
               <w:r w:rsidR="00C9202B" w:rsidRPr="0060327A">
                 <w:rPr>
                   <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Calibri"/>
                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="es-ES"/>
                   <w14:ligatures w14:val="none"/>
                 </w:rPr>
                 <w:t>@uncp.edu.pe</w:t>
               </w:r>
@@ -4492,192 +4552,190 @@
               <w:color w:val="FFFFFF" w:themeColor="background1"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="7BE31C64" w14:textId="77777777" w:rsidR="00355880" w:rsidRPr="00DF38A7" w:rsidRDefault="00355880" w:rsidP="00DF38A7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="4"/>
         <w:szCs w:val="4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EE298E7" w14:textId="77777777" w:rsidR="00D20217" w:rsidRDefault="00D20217" w:rsidP="00837ABE">
+    <w:p w14:paraId="6D516638" w14:textId="77777777" w:rsidR="00863571" w:rsidRDefault="00863571" w:rsidP="00837ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27E05D6A" w14:textId="77777777" w:rsidR="00D20217" w:rsidRDefault="00D20217" w:rsidP="00837ABE">
+    <w:p w14:paraId="25525E0E" w14:textId="77777777" w:rsidR="00863571" w:rsidRDefault="00863571" w:rsidP="00837ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="02C5B550" w14:textId="77777777" w:rsidR="006F18E8" w:rsidRDefault="006F18E8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0085CC38" w14:textId="77777777" w:rsidR="00C2185E" w:rsidRDefault="00C2185E"/>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="57" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4816"/>
       <w:gridCol w:w="3962"/>
     </w:tblGrid>
     <w:tr w:rsidR="005830BB" w:rsidRPr="005830BB" w14:paraId="51AF2618" w14:textId="77777777" w:rsidTr="006F18E8">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2743" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="27F8237D" w14:textId="4F7C58E5" w:rsidR="005830BB" w:rsidRPr="005830BB" w:rsidRDefault="008A2C7F" w:rsidP="00694687">
+        <w:p w14:paraId="27F8237D" w14:textId="03FAB207" w:rsidR="005830BB" w:rsidRPr="005830BB" w:rsidRDefault="00000000" w:rsidP="00694687">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4680"/>
               <w:tab w:val="clear" w:pos="9360"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="31437C"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:alias w:val="Nombre de la revista"/>
               <w:tag w:val="Nombre de la revista"/>
               <w:id w:val="940798446"/>
               <w:placeholder>
                 <w:docPart w:val="91920AB8A8F2418FB4DE5DC9266D015B"/>
               </w:placeholder>
               <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
               <w:text/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="00ED7A9D">
+              <w:r w:rsidR="007C1C50">
                 <w:rPr>
                   <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="31437C"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>Revista Prospectiva Universitaria en Ciencias Sociales Aplicadas</w:t>
+                <w:t>Plantilla de envío</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="005830BB" w:rsidRPr="005830BB">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:color w:val="31437C"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="005830BB" w:rsidRPr="005830BB">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:b/>
               <w:color w:val="31437C"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>(</w:t>
           </w:r>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:color w:val="31437C"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:alias w:val="Acrónimo de la revista"/>
               <w:tag w:val="Acrónimo de la revista"/>
               <w:id w:val="609628978"/>
               <w:placeholder>
                 <w:docPart w:val="49214159231F4685AB1052CE85B487A5"/>
               </w:placeholder>
               <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:keywords[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
               <w:text/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00ED7A9D">
                 <w:rPr>
                   <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                   <w:b/>
                   <w:color w:val="31437C"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PUCSO</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="005830BB" w:rsidRPr="005830BB">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:b/>
               <w:color w:val="31437C"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
@@ -4744,282 +4802,136 @@
               <w:szCs w:val="18"/>
               <w:u w:val="none"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId2" w:history="1">
             <w:r w:rsidRPr="00F63470">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="31437C"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>https://revistas.uncp.edu.pe/index.php/prospectiva</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2257" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="2C5582BA" w14:textId="77777777" w:rsidR="005830BB" w:rsidRPr="005830BB" w:rsidRDefault="008A2C7F" w:rsidP="00523735">
+        <w:p w14:paraId="2C5582BA" w14:textId="77777777" w:rsidR="005830BB" w:rsidRPr="005830BB" w:rsidRDefault="00000000" w:rsidP="00523735">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4680"/>
               <w:tab w:val="clear" w:pos="9360"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:alias w:val="Artículo original"/>
               <w:tag w:val="Artículo original"/>
               <w:id w:val="1191339778"/>
               <w:placeholder>
                 <w:docPart w:val="985829A4F1C54418920FEAAEF3898077"/>
               </w:placeholder>
               <w:comboBox>
                 <w:listItem w:value="Elija un elemento."/>
                 <w:listItem w:displayText="Artículo de investigación" w:value="Artículo de investigación"/>
                 <w:listItem w:displayText="Artículo de revisión" w:value="Artículo de revisión"/>
                 <w:listItem w:displayText="Reporte de caso" w:value="Reporte de caso"/>
               </w:comboBox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="001B30A3">
                 <w:rPr>
                   <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Artículo de investigación</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...167 lines deleted...]
-  <w:p w14:paraId="6620F6D8" w14:textId="08433F6D" w:rsidR="00837ABE" w:rsidRPr="00DF38A7" w:rsidRDefault="00837ABE" w:rsidP="006F18E8">
+  <w:p w14:paraId="59784FB0" w14:textId="77777777" w:rsidR="00FB18D0" w:rsidRDefault="005E49D0" w:rsidP="00FB18D0">
+    <w:pPr>
+      <w:pStyle w:val="NoSpacing"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="005E49D0">
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Plantilla de envío</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="012A36A5" w14:textId="1BB06751" w:rsidR="005E49D0" w:rsidRPr="005E49D0" w:rsidRDefault="005E49D0" w:rsidP="005E49D0">
     <w:pPr>
       <w:pStyle w:val="NoSpacing"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-        <w:sz w:val="4"/>
-        <w:szCs w:val="4"/>
+        <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="005E49D0">
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">https://revistas.uncp.edu.pe/ </w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18B468F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C39A5CB0"/>
     <w:lvl w:ilvl="0" w:tplc="DC3201A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="MDPI38bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
@@ -5976,59 +5888,60 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2124105682">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="604776013">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1623270005">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1994066310">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="735862385">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="153491442">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="160"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00755813"/>
     <w:rsid w:val="00005090"/>
     <w:rsid w:val="00011E69"/>
     <w:rsid w:val="00022E8B"/>
     <w:rsid w:val="000317C7"/>
     <w:rsid w:val="00033321"/>
     <w:rsid w:val="000343A3"/>
@@ -6036,272 +5949,276 @@
     <w:rsid w:val="000736DA"/>
     <w:rsid w:val="000832BF"/>
     <w:rsid w:val="00085A43"/>
     <w:rsid w:val="000865B4"/>
     <w:rsid w:val="00095CA1"/>
     <w:rsid w:val="00097B3A"/>
     <w:rsid w:val="000A65FD"/>
     <w:rsid w:val="000A753D"/>
     <w:rsid w:val="000B343D"/>
     <w:rsid w:val="000C08F0"/>
     <w:rsid w:val="000D7295"/>
     <w:rsid w:val="000F2AB9"/>
     <w:rsid w:val="00100458"/>
     <w:rsid w:val="00104B8A"/>
     <w:rsid w:val="00104F85"/>
     <w:rsid w:val="0012712A"/>
     <w:rsid w:val="00140D87"/>
     <w:rsid w:val="00152DEC"/>
     <w:rsid w:val="00155A30"/>
     <w:rsid w:val="00164AA6"/>
     <w:rsid w:val="001661F4"/>
     <w:rsid w:val="00170023"/>
     <w:rsid w:val="00174941"/>
     <w:rsid w:val="00176EC7"/>
     <w:rsid w:val="00186BA0"/>
+    <w:rsid w:val="001958E6"/>
     <w:rsid w:val="00197EAB"/>
+    <w:rsid w:val="001A2BA3"/>
     <w:rsid w:val="001B30A3"/>
-    <w:rsid w:val="001B3816"/>
     <w:rsid w:val="001B5EB2"/>
     <w:rsid w:val="001B6011"/>
     <w:rsid w:val="001C1974"/>
     <w:rsid w:val="001D004C"/>
     <w:rsid w:val="00201832"/>
     <w:rsid w:val="002070C5"/>
     <w:rsid w:val="00216172"/>
     <w:rsid w:val="00217366"/>
     <w:rsid w:val="00222075"/>
     <w:rsid w:val="002233A5"/>
     <w:rsid w:val="00223DC1"/>
     <w:rsid w:val="00226184"/>
     <w:rsid w:val="00227AE9"/>
     <w:rsid w:val="00244B51"/>
     <w:rsid w:val="00247ECA"/>
     <w:rsid w:val="002514D5"/>
     <w:rsid w:val="002A5165"/>
     <w:rsid w:val="002C3FD1"/>
     <w:rsid w:val="002E04F0"/>
     <w:rsid w:val="00305EC1"/>
     <w:rsid w:val="003232FE"/>
     <w:rsid w:val="003418B3"/>
     <w:rsid w:val="00355880"/>
     <w:rsid w:val="00384ABD"/>
-    <w:rsid w:val="0039744B"/>
     <w:rsid w:val="0040736B"/>
     <w:rsid w:val="00415FB9"/>
     <w:rsid w:val="00441C1E"/>
     <w:rsid w:val="00461C79"/>
     <w:rsid w:val="00465803"/>
     <w:rsid w:val="004852D5"/>
     <w:rsid w:val="00494C03"/>
     <w:rsid w:val="004B30B4"/>
     <w:rsid w:val="004F0655"/>
-    <w:rsid w:val="004F6D23"/>
     <w:rsid w:val="00502FB5"/>
     <w:rsid w:val="00520319"/>
     <w:rsid w:val="00523735"/>
     <w:rsid w:val="00523FBD"/>
     <w:rsid w:val="00543EB5"/>
+    <w:rsid w:val="00545546"/>
     <w:rsid w:val="00581448"/>
     <w:rsid w:val="005830BB"/>
     <w:rsid w:val="00583BC0"/>
     <w:rsid w:val="00586AA2"/>
     <w:rsid w:val="0059717C"/>
     <w:rsid w:val="005A06AF"/>
     <w:rsid w:val="005A0F29"/>
     <w:rsid w:val="005A1444"/>
     <w:rsid w:val="005A2BD3"/>
     <w:rsid w:val="005A601D"/>
     <w:rsid w:val="005B3D84"/>
     <w:rsid w:val="005C2C0F"/>
     <w:rsid w:val="005C5ABF"/>
     <w:rsid w:val="005E0286"/>
     <w:rsid w:val="005E1DEF"/>
+    <w:rsid w:val="005E49D0"/>
     <w:rsid w:val="005E5FAC"/>
     <w:rsid w:val="0060327A"/>
     <w:rsid w:val="00605CBD"/>
     <w:rsid w:val="0060625E"/>
     <w:rsid w:val="00616C9B"/>
     <w:rsid w:val="00676C24"/>
     <w:rsid w:val="00680FC4"/>
+    <w:rsid w:val="0068620B"/>
     <w:rsid w:val="00694687"/>
     <w:rsid w:val="0069471D"/>
     <w:rsid w:val="006A7088"/>
     <w:rsid w:val="006B1360"/>
     <w:rsid w:val="006B3936"/>
     <w:rsid w:val="006C6703"/>
-    <w:rsid w:val="006D6D89"/>
     <w:rsid w:val="006E1368"/>
+    <w:rsid w:val="006F105F"/>
     <w:rsid w:val="006F18E8"/>
     <w:rsid w:val="006F4CC7"/>
-    <w:rsid w:val="006F69DA"/>
     <w:rsid w:val="00713289"/>
+    <w:rsid w:val="00714BC4"/>
     <w:rsid w:val="007249FE"/>
     <w:rsid w:val="0073615D"/>
     <w:rsid w:val="00736C0A"/>
     <w:rsid w:val="007427C3"/>
     <w:rsid w:val="0075398D"/>
     <w:rsid w:val="00755813"/>
     <w:rsid w:val="00757DD7"/>
     <w:rsid w:val="00760AD0"/>
     <w:rsid w:val="00792C38"/>
     <w:rsid w:val="00793015"/>
     <w:rsid w:val="0079617C"/>
     <w:rsid w:val="007A23C1"/>
     <w:rsid w:val="007B3FB0"/>
     <w:rsid w:val="007B629D"/>
+    <w:rsid w:val="007C1C50"/>
     <w:rsid w:val="007C41F3"/>
     <w:rsid w:val="007C6191"/>
     <w:rsid w:val="007D2285"/>
     <w:rsid w:val="007D2C11"/>
     <w:rsid w:val="007D4ADF"/>
     <w:rsid w:val="00805B82"/>
     <w:rsid w:val="00816783"/>
-    <w:rsid w:val="00836E8E"/>
     <w:rsid w:val="00837ABE"/>
     <w:rsid w:val="008408CD"/>
+    <w:rsid w:val="00850BED"/>
     <w:rsid w:val="00856586"/>
     <w:rsid w:val="00861661"/>
+    <w:rsid w:val="00863571"/>
     <w:rsid w:val="00870EDD"/>
     <w:rsid w:val="00871826"/>
     <w:rsid w:val="00894082"/>
-    <w:rsid w:val="008A2C7F"/>
     <w:rsid w:val="008F3D07"/>
     <w:rsid w:val="008F53AC"/>
     <w:rsid w:val="008F5B76"/>
     <w:rsid w:val="009045F8"/>
     <w:rsid w:val="00927CE2"/>
     <w:rsid w:val="00933333"/>
     <w:rsid w:val="00937636"/>
     <w:rsid w:val="0094626B"/>
     <w:rsid w:val="0098085F"/>
     <w:rsid w:val="00982E94"/>
     <w:rsid w:val="00990070"/>
     <w:rsid w:val="009913A2"/>
     <w:rsid w:val="009A28AE"/>
     <w:rsid w:val="009A3846"/>
     <w:rsid w:val="009B2E8E"/>
-    <w:rsid w:val="009B7094"/>
     <w:rsid w:val="009C1409"/>
     <w:rsid w:val="009D3A1D"/>
-    <w:rsid w:val="009F7754"/>
     <w:rsid w:val="00A110DB"/>
     <w:rsid w:val="00A36734"/>
     <w:rsid w:val="00A56608"/>
+    <w:rsid w:val="00A76C18"/>
     <w:rsid w:val="00A82676"/>
     <w:rsid w:val="00A83793"/>
-    <w:rsid w:val="00A86A70"/>
     <w:rsid w:val="00A90616"/>
     <w:rsid w:val="00AB2935"/>
     <w:rsid w:val="00AB5248"/>
-    <w:rsid w:val="00B03156"/>
+    <w:rsid w:val="00AD7D55"/>
+    <w:rsid w:val="00B12105"/>
     <w:rsid w:val="00B1684E"/>
     <w:rsid w:val="00B45A0E"/>
     <w:rsid w:val="00B47804"/>
     <w:rsid w:val="00B51584"/>
     <w:rsid w:val="00B6170C"/>
+    <w:rsid w:val="00B63F37"/>
     <w:rsid w:val="00B72457"/>
     <w:rsid w:val="00BE2132"/>
     <w:rsid w:val="00C02F2D"/>
     <w:rsid w:val="00C03BAE"/>
     <w:rsid w:val="00C07A66"/>
     <w:rsid w:val="00C114EF"/>
     <w:rsid w:val="00C2185E"/>
     <w:rsid w:val="00C23A4F"/>
     <w:rsid w:val="00C52689"/>
-    <w:rsid w:val="00C70472"/>
     <w:rsid w:val="00C7059C"/>
     <w:rsid w:val="00C723B2"/>
     <w:rsid w:val="00C7394D"/>
     <w:rsid w:val="00C9202B"/>
     <w:rsid w:val="00CA7A6F"/>
     <w:rsid w:val="00CB6314"/>
-    <w:rsid w:val="00D20217"/>
     <w:rsid w:val="00D205A1"/>
     <w:rsid w:val="00D30673"/>
     <w:rsid w:val="00D44CE6"/>
     <w:rsid w:val="00D769AC"/>
     <w:rsid w:val="00DA1B04"/>
     <w:rsid w:val="00DA5C6D"/>
     <w:rsid w:val="00DB11DC"/>
     <w:rsid w:val="00DB525A"/>
     <w:rsid w:val="00DB7C32"/>
     <w:rsid w:val="00DF38A7"/>
     <w:rsid w:val="00DF4C17"/>
     <w:rsid w:val="00DF767B"/>
     <w:rsid w:val="00DF7967"/>
     <w:rsid w:val="00E03A31"/>
     <w:rsid w:val="00E12BE8"/>
     <w:rsid w:val="00E24809"/>
     <w:rsid w:val="00E53B4F"/>
     <w:rsid w:val="00E569F0"/>
     <w:rsid w:val="00E66877"/>
     <w:rsid w:val="00E7572E"/>
     <w:rsid w:val="00E82B9C"/>
     <w:rsid w:val="00E85BB2"/>
     <w:rsid w:val="00EA46A1"/>
     <w:rsid w:val="00EB21AF"/>
     <w:rsid w:val="00EB667F"/>
     <w:rsid w:val="00EC4082"/>
     <w:rsid w:val="00ED7A9D"/>
     <w:rsid w:val="00EE0E58"/>
     <w:rsid w:val="00EE24FD"/>
+    <w:rsid w:val="00EE4B76"/>
     <w:rsid w:val="00F032E3"/>
     <w:rsid w:val="00F133E1"/>
     <w:rsid w:val="00F173A3"/>
+    <w:rsid w:val="00F2087E"/>
     <w:rsid w:val="00F31D41"/>
     <w:rsid w:val="00F32BAD"/>
     <w:rsid w:val="00F54E27"/>
     <w:rsid w:val="00F63470"/>
     <w:rsid w:val="00F64880"/>
     <w:rsid w:val="00F7377E"/>
-    <w:rsid w:val="00F741B7"/>
     <w:rsid w:val="00F85E9E"/>
     <w:rsid w:val="00FA41BF"/>
     <w:rsid w:val="00FA5F77"/>
+    <w:rsid w:val="00FB18D0"/>
     <w:rsid w:val="00FC2AB1"/>
+    <w:rsid w:val="00FC71C8"/>
     <w:rsid w:val="00FD589A"/>
     <w:rsid w:val="00FE3863"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-PE"/>
+  <w:themeFontLang w:val="es-PE" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="550A17BC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{930ED9B8-F7D3-4BC8-A631-3D5AE97C1B45}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -6674,51 +6591,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Els-Abstract-head">
     <w:name w:val="Els-Abstract-head"/>
@@ -6781,57 +6697,56 @@
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D205A1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CaptionChar"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A83793"/>
+    <w:rsid w:val="00AD7D55"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-      <w:i/>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:iCs/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00AB5248"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
@@ -6940,53 +6855,53 @@
     <w:rsid w:val="00837ABE"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="Resumen"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00837ABE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Baskerville Old Face" w:hAnsi="Baskerville Old Face"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00837ABE"/>
+    <w:rsid w:val="007C1C50"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="auto"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:aliases w:val="Resumen Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00837ABE"/>
     <w:rPr>
       <w:rFonts w:ascii="Baskerville Old Face" w:hAnsi="Baskerville Old Face"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00837ABE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
@@ -7154,106 +7069,104 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="7FUENTECar">
     <w:name w:val="7.FUENTE Car"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="7FUENTE"/>
     <w:rsid w:val="00E7572E"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6TABLA">
     <w:name w:val="6.TABLA"/>
     <w:basedOn w:val="Caption"/>
     <w:link w:val="6TABLACar"/>
     <w:qFormat/>
     <w:rsid w:val="004F0655"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120" w:after="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-      <w:i w:val="0"/>
+      <w:i/>
       <w:iCs w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CaptionChar">
     <w:name w:val="Caption Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Caption"/>
     <w:uiPriority w:val="35"/>
-    <w:rsid w:val="00E12BE8"/>
+    <w:rsid w:val="00AD7D55"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-      <w:i/>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:iCs/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="5FIGURACar">
     <w:name w:val="5.FIGURA Car"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:link w:val="5FIGURA"/>
     <w:rsid w:val="00FA5F77"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-      <w:i w:val="0"/>
+      <w:i/>
       <w:iCs w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2NORMAL">
     <w:name w:val="2.NORMAL"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="2NORMALCar"/>
     <w:rsid w:val="00FC2AB1"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="851"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="6TABLACar">
     <w:name w:val="6.TABLA Car"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:link w:val="6TABLA"/>
     <w:rsid w:val="004F0655"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-      <w:i w:val="0"/>
+      <w:i/>
       <w:iCs w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3NORMAL">
     <w:name w:val="3.NORMAL"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="3NORMALCar"/>
     <w:rsid w:val="00FC2AB1"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1276"/>
       <w:contextualSpacing w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="2NORMALCar">
     <w:name w:val="2.NORMAL Car"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="2NORMAL"/>
     <w:rsid w:val="00FC2AB1"/>
     <w:rPr>
@@ -8198,70 +8111,78 @@
     <w:link w:val="putituloEs"/>
     <w:rsid w:val="00384ABD"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="uptabNota">
     <w:name w:val="up_tabNota"/>
     <w:qFormat/>
     <w:rsid w:val="00005090"/>
     <w:pPr>
       <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F2087E"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revistacomunicar.com/pdf/documentos/2020-apa7-comunicar-es.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.uncp.edu.pe/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references/examples/journal-article-references" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uncp.edu.pe/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references/examples/journal-article-references" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-education.psu.edu/styleforstudents/c1_p2.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revistacomunicar.com/pdf/documentos/2020-apa7-comunicar-es.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.uncp.edu.pe/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references/examples/journal-article-references" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uncp.edu.pe/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references/examples/journal-article-references" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-education.psu.edu/styleforstudents/c1_p2.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.uncp.edu.pe/index.php/prospectiva" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.uncp.edu.pe/index.php/pucso" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0D0908E6897F4C62819481514132361F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EF4C3F2D-8072-4595-AB14-92BB05E1B8D0}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -8637,171 +8558,174 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Book Antiqua">
+    <w:altName w:val="Book Antiqua"/>
+    <w:panose1 w:val="02040602050305030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Baskerville Old Face">
     <w:panose1 w:val="02020602080505020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00072BDC"/>
     <w:rsid w:val="0003159F"/>
     <w:rsid w:val="00032E99"/>
     <w:rsid w:val="00072BDC"/>
-    <w:rsid w:val="001B3816"/>
+    <w:rsid w:val="001958E6"/>
+    <w:rsid w:val="001A2BA3"/>
     <w:rsid w:val="001F6B25"/>
     <w:rsid w:val="002B2AC7"/>
     <w:rsid w:val="002C2DB2"/>
     <w:rsid w:val="0032404B"/>
-    <w:rsid w:val="00331441"/>
     <w:rsid w:val="003756C1"/>
+    <w:rsid w:val="00444838"/>
     <w:rsid w:val="004B20ED"/>
     <w:rsid w:val="00516FF3"/>
     <w:rsid w:val="00557A6E"/>
     <w:rsid w:val="00601F1B"/>
     <w:rsid w:val="00626EC0"/>
+    <w:rsid w:val="0068620B"/>
     <w:rsid w:val="0069471D"/>
     <w:rsid w:val="007008F8"/>
     <w:rsid w:val="007063D7"/>
     <w:rsid w:val="009A663A"/>
     <w:rsid w:val="00A4549F"/>
-    <w:rsid w:val="00B03156"/>
     <w:rsid w:val="00C13A51"/>
     <w:rsid w:val="00C25370"/>
     <w:rsid w:val="00CA6FC1"/>
     <w:rsid w:val="00D25CB8"/>
     <w:rsid w:val="00DA09F6"/>
+    <w:rsid w:val="00E1318C"/>
     <w:rsid w:val="00EA1D25"/>
     <w:rsid w:val="00ED3C87"/>
     <w:rsid w:val="00F80CAC"/>
     <w:rsid w:val="00FF473A"/>
     <w:rsid w:val="00FF633C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-MX"/>
+  <w:themeFontLang w:val="es-MX" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -9631,95 +9555,95 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BE96D45-1CE6-4D84-8248-5BF52BAB2AAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>12394</Characters>
+  <Pages>8</Pages>
+  <Words>2233</Words>
+  <Characters>12282</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Plantilla de artículo para envío [v.1.0]</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Instituto de Investigación</Manager>
   <Company>Universidad Nacional del Centro del Perú (UNCP)</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14618</CharactersWithSpaces>
+  <CharactersWithSpaces>14487</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Plantilla de artículo para envío [v.1.0]</dc:title>
   <dc:subject>Formato de manuscrito</dc:subject>
   <dc:creator>Edgar Julian-Laime®</dc:creator>
   <cp:keywords>PUCSO</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>Revista Prospectiva Universitaria en Ciencias Sociales Aplicadas</cp:category>
+  <cp:category>Plantilla de envío</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ZOTERO_PREF_1">
     <vt:lpwstr>&lt;data data-version="3" zotero-version="6.0.30"&gt;&lt;session id="Z9soMhP9"/&gt;&lt;style id="http://www.zotero.org/styles/apa" locale="es-ES" hasBibliography="1" bibliographyStyleHasBeenSet="1"/&gt;&lt;prefs&gt;&lt;pref name="fieldType" value="Field"/&gt;&lt;/prefs&gt;&lt;/data&gt;</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
     <vt:lpwstr>52b96a8e026e54ec4e5db862709e3c96910a00d354e1fb437823f2756ece26db</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Mendeley Document_1">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Mendeley Citation Style_1">
     <vt:lpwstr>http://www.zotero.org/styles/apa</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Mendeley Unique User Id_1">
     <vt:lpwstr>1ed70cb9-515a-3111-8173-c5635cdb4d81</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Mendeley Recent Style Id 0_1">
     <vt:lpwstr>http://www.zotero.org/styles/american-medical-association</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Mendeley Recent Style Name 0_1">
     <vt:lpwstr>American Medical Association 11th edition</vt:lpwstr>