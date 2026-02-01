--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -1,169 +1,1434 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="61997300" w14:textId="0194AFF1" w:rsidR="006F18E8" w:rsidRPr="006F18E8" w:rsidRDefault="00384ABD" w:rsidP="00384ABD">
+    <w:p w14:paraId="4CCBEB63" w14:textId="6633CCDE" w:rsidR="000F3D7E" w:rsidRPr="00777175" w:rsidRDefault="00E32FE8" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtsenc1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk165976741"/>
+      <w:r>
+        <w:t>Página de Título</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4612067D" w14:textId="19DA5981" w:rsidR="000F3D7E" w:rsidRDefault="000F3D7E" w:rsidP="000F3D7E">
+      <w:r>
+        <w:t>Revista a la que postula:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8FB4DD" w14:textId="442FF3D6" w:rsidR="000F3D7E" w:rsidRDefault="00000000" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtstxt"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1740356389"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00F75444">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000F3D7E">
+        <w:t xml:space="preserve"> Prospectiva Universitaria en Ciencias de la Salud (PUCSA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701A58C0" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRDefault="00000000" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtstxt"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-684206956"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="000F3D7E">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000F3D7E">
+        <w:t xml:space="preserve"> Prospectiva Universitaria en Ciencias Sociales (PUCSO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DCBAF1E" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRDefault="00000000" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtstxt"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1429187367"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="000F3D7E">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000F3D7E">
+        <w:t xml:space="preserve"> Prospectiva Universitaria en Ciencias Agrarias (PUCAG)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A09E4FE" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRDefault="00000000" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtstxt"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1638374539"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="000F3D7E">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000F3D7E">
+        <w:t xml:space="preserve"> Prospectiva Universitaria en Ingeniería (PUING)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A2CEF8" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRDefault="00000000" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtstxt"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-256674654"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="000F3D7E">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000F3D7E">
+        <w:t xml:space="preserve"> Prospectiva Universitaria en Ciencias Administrativas, Contables y Económicas (PUCACE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18EAF31D" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRDefault="00000000" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtstxt"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-890491021"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="000F3D7E">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000F3D7E">
+        <w:t xml:space="preserve"> Otra, deseo publicar en una revista externa a la UNCP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087D4C1F" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRDefault="000F3D7E" w:rsidP="000F3D7E">
+      <w:r>
+        <w:t>Título del Artículo: “título del artículo en español”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DDF7A9" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00DE6E96" w:rsidRDefault="000F3D7E" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtsenc2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE6E96">
+        <w:t>Autores:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="561"/>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="1124"/>
+        <w:gridCol w:w="1299"/>
+        <w:gridCol w:w="1013"/>
+        <w:gridCol w:w="953"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w14:paraId="4643934B" w14:textId="77777777" w:rsidTr="0084775A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6372E349" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Id</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49866001" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Apellidos y nombres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1049" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="431DE333" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Cómo citar*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA1F763" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Correspondencia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="740" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9C8555" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>ORCID</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="577" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB3C4CD" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A91CBC7" w14:textId="490C72E1" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Celular</w:t>
+            </w:r>
+            <w:r w:rsidR="00D571DE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Opcional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w14:paraId="2B3E651C" w14:textId="77777777" w:rsidTr="0084775A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="297683C8" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>A1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42AA59D6" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Adauto Rojas, Roberto Juan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1049" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4539D7" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Adauto-Rojas, Roberto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C8B171" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Si</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="740" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4C08B3" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0000-0002-0564-1361</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="577" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF6B444" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="00FC2FF8">
+                <w:rPr>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="es-MX"/>
+                </w:rPr>
+                <w:t>xxxxxx@uncp.edu.pe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="126E4449" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>955486584</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w14:paraId="48EDC44E" w14:textId="77777777" w:rsidTr="0084775A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B9ACAE" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>A2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="552249F4" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Fernández Silva, María del Pilar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1049" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7BFF11" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Fernández, María</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F4F874" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="740" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEC6CB5" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0000-0002-0854-1541</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="577" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B132B41" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00FC2FF8">
+                <w:rPr>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="es-MX"/>
+                </w:rPr>
+                <w:t>xxxxxx@uncp.edu.pe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="496F2BBD" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>952458695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6490CB96" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="0082644F" w:rsidRDefault="000F3D7E" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtsnota"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00200DD1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Nota.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082644F">
+        <w:t xml:space="preserve"> Puede incorporar tantas filas como autores tenga el artículo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DF1EDF" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="007E7FA3" w:rsidRDefault="000F3D7E" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtsnota"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0082644F">
+        <w:t>* Especificar cómo desea ser citado, cada autor tiene la potestad de elegir</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B021A3" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="007E7FA3" w:rsidRDefault="000F3D7E" w:rsidP="000F3D7E">
+      <w:pPr>
+        <w:pStyle w:val="mtdtsenc2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2. Afiliaciones:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="3577"/>
+        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="1577"/>
+        <w:gridCol w:w="1364"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w14:paraId="67220489" w14:textId="77777777" w:rsidTr="0084775A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B072EC7" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Id</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9A437D" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Universidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="121BD8EC" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Departamento o dependencia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="515D864A" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Ciudad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4587A5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF59356" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>País</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w14:paraId="7B890728" w14:textId="77777777" w:rsidTr="0084775A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F14E1C0" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>A1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F253E64" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Universidad Nacional del Centro del Perú</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D772A5" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Facultad de Economía</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E560892" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Huancayo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3593A0B5" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Perú</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w14:paraId="47096218" w14:textId="77777777" w:rsidTr="0084775A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E48DB4" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>A2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="251D1C1E" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Universidad Nacional del Centro del Perú</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CC69B0" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Facultad de Economía</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FF6706" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Huancayo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="551FFBBD" w14:textId="77777777" w:rsidR="000F3D7E" w:rsidRPr="00FC2FF8" w:rsidRDefault="000F3D7E" w:rsidP="0084775A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2FF8">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Perú</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4AFB2930" w14:textId="77777777" w:rsidR="00E32FE8" w:rsidRDefault="00E32FE8" w:rsidP="00384ABD">
+      <w:pPr>
+        <w:pStyle w:val="putipo"/>
+        <w:sectPr w:rsidR="00E32FE8" w:rsidSect="00EB0B12">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+          <w:pgMar w:top="1418" w:right="1418" w:bottom="993" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61997300" w14:textId="5948BE5F" w:rsidR="006F18E8" w:rsidRPr="006F18E8" w:rsidRDefault="00384ABD" w:rsidP="00384ABD">
       <w:pPr>
         <w:pStyle w:val="putipo"/>
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk165976741"/>
       <w:r>
-        <w:t>Artículo científico</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Artículo </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7D55">
+        <w:t>original</w:t>
+      </w:r>
+      <w:r w:rsidR="003406DA">
+        <w:t>/revisión</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2EC8">
+        <w:t>/Estudio de caso</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03A5E4A3" w14:textId="6E015037" w:rsidR="00837ABE" w:rsidRPr="006F18E8" w:rsidRDefault="0098085F" w:rsidP="00384ABD">
       <w:pPr>
         <w:pStyle w:val="putituloEs"/>
       </w:pPr>
       <w:r>
         <w:t>Título en español</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6FE9D982" w14:textId="7A92E50F" w:rsidR="00755813" w:rsidRPr="00A60A4C" w:rsidRDefault="0098085F" w:rsidP="00384ABD">
+    <w:p w14:paraId="6FE9D982" w14:textId="7A92E50F" w:rsidR="00755813" w:rsidRPr="00714BC4" w:rsidRDefault="0098085F" w:rsidP="00384ABD">
       <w:pPr>
         <w:pStyle w:val="putituloEn"/>
         <w:rPr>
           <w:lang w:val="es-PE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A60A4C">
+      <w:r w:rsidRPr="00714BC4">
         <w:rPr>
           <w:lang w:val="es-PE"/>
         </w:rPr>
         <w:t>Título en inglés</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD2B7A7" w14:textId="00B9A83E" w:rsidR="00755813" w:rsidRPr="00A60A4C" w:rsidRDefault="00755813" w:rsidP="00226184">
+    <w:p w14:paraId="7CD2B7A7" w14:textId="00B9A83E" w:rsidR="00755813" w:rsidRPr="00714BC4" w:rsidRDefault="00755813" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="puabstractTit"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-PE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A60A4C">
+      <w:r w:rsidRPr="00714BC4">
         <w:rPr>
           <w:lang w:val="es-PE"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4240E258" w14:textId="1BA56745" w:rsidR="007D4ADF" w:rsidRPr="007D4ADF" w:rsidRDefault="001D004C" w:rsidP="007A23C1">
+    <w:p w14:paraId="4240E258" w14:textId="7CC0422C" w:rsidR="007D4ADF" w:rsidRPr="007D4ADF" w:rsidRDefault="001D004C" w:rsidP="007A23C1">
       <w:pPr>
         <w:pStyle w:val="puabsTxtES"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve">Un único párrafo </w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">o presente perfecto </w:t>
       </w:r>
       <w:r w:rsidR="007D4ADF">
         <w:t xml:space="preserve">con </w:t>
       </w:r>
       <w:r w:rsidR="007D4ADF" w:rsidRPr="00DB11DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>extensión de hasta</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C7394D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>0 palabras</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00204D3F">
+        <w:t>O</w:t>
+      </w:r>
       <w:r w:rsidR="00DF38A7" w:rsidRPr="00DF38A7">
-        <w:t>En el caso de artículos de investigación, los resúmenes deben ofrecer una descripción general pertinente del trabajo</w:t>
+        <w:t>frecer una descripción general pertinente del trabajo</w:t>
       </w:r>
       <w:r w:rsidR="00DB11DC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> Recomendamos encarecidamente a los autores que </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6703">
         <w:t>utilicen</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> el siguiente estilo de resúmenes estructurados</w:t>
       </w:r>
       <w:r w:rsidR="00DF38A7">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00523FBD" w:rsidRPr="007D4ADF">
         <w:t>Sitúe la cuestión abordada en un contexto amplio y destaque el</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A110DB">
         <w:rPr>
           <w:b/>
@@ -237,1055 +1502,598 @@
       <w:r w:rsidR="00523FBD">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00DF38A7">
         <w:t>nclu</w:t>
       </w:r>
       <w:r w:rsidR="00523FBD">
         <w:t>ya</w:t>
       </w:r>
       <w:r w:rsidR="00DF38A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523FBD">
         <w:t xml:space="preserve">en el texto </w:t>
       </w:r>
       <w:r w:rsidR="00DF38A7">
         <w:t>los encabezados</w:t>
       </w:r>
       <w:r w:rsidR="00B1684E">
         <w:t>: Objetivo, métodos, resultados, conclusiones)</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23282C90" w14:textId="2BDC08D0" w:rsidR="00755813" w:rsidRDefault="007D4ADF" w:rsidP="005E1DEF">
-[...15 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="23282C90" w14:textId="2C5B2FE2" w:rsidR="00755813" w:rsidRDefault="007D4ADF" w:rsidP="00151391">
+      <w:pPr>
+        <w:pStyle w:val="pukeyES"/>
       </w:pPr>
       <w:r w:rsidRPr="0075398D">
-        <w:rPr>
-[...277 lines deleted...]
-      <w:r w:rsidRPr="00523FBD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>mínimamente 15 publicaciones más relevantes y actualizadas</w:t>
-[...91 lines deleted...]
-        </w:rPr>
+        <w:t>Palabras clave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075398D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00523FBD">
-[...86 lines deleted...]
-      <w:r w:rsidRPr="006C6703">
+      <w:r w:rsidR="007C41F3">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00465803" w:rsidRPr="0075398D">
+        <w:t xml:space="preserve">áximo </w:t>
+      </w:r>
+      <w:r w:rsidR="007249FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>similitud no debe exceder el 25%</w:t>
-[...42 lines deleted...]
-        </w:pBdr>
+        <w:t>cinco</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075398D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="007249FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075398D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>) palabras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075398D">
+        <w:t xml:space="preserve"> o términos relevantes, separados por coma. Evitar la sinonimia, las frases complejas y repetición con términos o palabras del título del manuscrito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6253437D" w14:textId="7B8E9A4A" w:rsidR="000133A2" w:rsidRPr="00714BC4" w:rsidRDefault="000133A2" w:rsidP="000133A2">
+      <w:pPr>
+        <w:pStyle w:val="puabstractTit"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-PE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-PE"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2F510607" w14:textId="6B181612" w:rsidR="000133A2" w:rsidRPr="00EC21A4" w:rsidRDefault="000133A2" w:rsidP="000133A2">
+      <w:pPr>
+        <w:pStyle w:val="puabsTxtEN"/>
+        <w:rPr>
+          <w:lang w:val="es-PE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC21A4">
+        <w:rPr>
+          <w:lang w:val="es-PE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Traducción al inglés </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC21A4" w:rsidRPr="00EC21A4">
+        <w:rPr>
+          <w:lang w:val="es-PE"/>
+        </w:rPr>
+        <w:t>del resumen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC21A4">
+        <w:rPr>
+          <w:lang w:val="es-PE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F55C37" w14:textId="738AD1BC" w:rsidR="000133A2" w:rsidRDefault="00EC21A4" w:rsidP="000133A2">
+      <w:pPr>
+        <w:pStyle w:val="pukeyES"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>E</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00223DC1" w:rsidRPr="006C6703">
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000133A2" w:rsidRPr="0075398D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">limine esta sección cuando haya </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C6703" w:rsidRPr="006C6703">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000133A2" w:rsidRPr="0075398D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Traducción al inglés de las palabras clave</w:t>
+      </w:r>
+      <w:r w:rsidR="000133A2" w:rsidRPr="0075398D">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFD87F8" w14:textId="069FB1C3" w:rsidR="00805B82" w:rsidRPr="007D4ADF" w:rsidRDefault="00EB667F" w:rsidP="00226184">
+      <w:pPr>
+        <w:pStyle w:val="puintroTit"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t>Introducción</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E662D9F" w14:textId="39995790" w:rsidR="00E66877" w:rsidRDefault="00870EDD" w:rsidP="00226184">
+      <w:pPr>
+        <w:pStyle w:val="puintroTxt"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00870EDD">
+        <w:t xml:space="preserve">La introducción debe ser redactada en tiempo presente perfecto </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">o pasado, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00870EDD">
+        <w:t xml:space="preserve">con el propósito de ubicar brevemente el estudio en un contexto amplio y resaltar su importancia. Debe definir el propósito del trabajo y su significado. Se debe revisar cuidadosamente el estado actual del campo de la investigación y citar las publicaciones clave. Recomendamos considerar tres secciones: la primera debe explicar lo que se sabe del tema de estudio (contextualización); la segunda, debe hacer explícito lo que no se sabe y lo que va a aportar la investigación resaltando las hipótesis controvertidas y divergentes cuando sean </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00870EDD">
+        <w:lastRenderedPageBreak/>
+        <w:t>necesarias; y, la última sección debe concluir indicando el objetivo del estudio y se debe citar únicamente las referencias originales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1352FDAE" w14:textId="6E38714F" w:rsidR="00D205A1" w:rsidRPr="007D4ADF" w:rsidRDefault="00861661" w:rsidP="00226184">
+      <w:pPr>
+        <w:pStyle w:val="pumetodoTit"/>
+      </w:pPr>
+      <w:r>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB667F" w:rsidRPr="007D4ADF">
+        <w:t>étodos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC68C02" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+      <w:pPr>
+        <w:pStyle w:val="pumetodoTxt"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Esta sección se debe describir con suficiente detalle para permitir que otros repliquen y desarrollen los resultados publicados. Tenga en cuenta que la publicación de su manuscrito implica que debe poner a disposición de los lectores todos los materiales, datos, códigos informáticos y protocolos asociados con la publicación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F5E98B" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Procedimiento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000D318C" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+      <w:pPr>
+        <w:pStyle w:val="pumetodoTxt"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Describa en tiempo pasado el proceso y las características generales de la investigación, desde la planificación hasta los procedimientos realizados para la obtención de los datos. Por ejemplo, puede iniciar describiendo las características generales del método como tipo, diseño y nivel. Luego describir la delimitación temporal y espacial del estudio, luego puede describir los permisos o las gestiones que tuvo que realizar para ejecutar el estudio hasta las mediciones o la recopilación de datos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1532763E" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Muestra o participantes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEEECB6" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+      <w:pPr>
+        <w:pStyle w:val="pumetodoTxt"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Describa en tiempo pasado las características de la población, los criterios de inclusión o exclusión aplicados para delimitar la población objetivo. Posteriormente, describa el muestreo aplicado como el tipo de muestreo y el método de selección de las unidades de observación (participantes). Los estudios intervencionistas en los que participen animales o seres humanos, así como otros estudios que requieran aprobación ética, deben indicar la autoridad que los aprobó y el código de aprobación ética correspondiente. Los estudios observacionales deben de precisar los permisos o el “consentimiento informado” de los participantes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FBCE7D" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Mediciones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022D66E8" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+      <w:pPr>
+        <w:pStyle w:val="pumetodoTxt"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Redacte en tiempo pasado las características de los instrumentos de medición. Señalar si el instrumento es de diseño propio o una adaptación, dando crédito a los autores originales. En cualquiera de los casos, incluya las medidas de validez y confiabilidad de los instrumentos obtenidos en el estudio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D18F6D" w14:textId="77777777" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+      <w:pPr>
+        <w:pStyle w:val="pumetodoTxt"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Los manuscritos de investigación que informen sobre grandes conjuntos de datos depositados en una base de datos de acceso público deben especificar dónde se han depositado los datos y proporcionar los números de acceso pertinentes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35081864" w14:textId="5C780477" w:rsidR="00871826" w:rsidRDefault="00871826" w:rsidP="00871826">
+      <w:pPr>
+        <w:pStyle w:val="pumetodoTxt"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Si se trata de un artículo de revisión, el autor debe exponer de forma clara el proceso de revisión sistemática o sistematizada empleada o adaptada para la obtención de fuentes de información.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6569A62F" w14:textId="0169D5F3" w:rsidR="0079617C" w:rsidRPr="007D4ADF" w:rsidRDefault="0079617C" w:rsidP="00226184">
+      <w:pPr>
+        <w:pStyle w:val="puresultadosTit"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t>Resultados</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2ACD54" w14:textId="3D1F543F" w:rsidR="00DB7C32" w:rsidRDefault="00DB7C32" w:rsidP="00226184">
+      <w:pPr>
+        <w:pStyle w:val="puresultadosTxt"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Redacte</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1684E">
+        <w:t xml:space="preserve"> en tiempo pasado</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1684E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB7C32">
+        <w:t>esta sección podrá dividirse en subtítulos. Debe proporcionar una descripción concisa y precisa de los resultados experimentales, su interpretación, así como las conclusiones experimentales que se pueden extraer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B630A4" w14:textId="25D024E7" w:rsidR="006B1360" w:rsidRDefault="00DA1B04" w:rsidP="00226184">
+      <w:pPr>
+        <w:pStyle w:val="puresultadosTxt"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA1B04">
+        <w:t>Los títulos de las subsecciones en el texto se enumerarán progresivamente según se consideren necesarios, hasta el tercer nivel, tal y como se muestran a continuación:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76750128" w14:textId="2DE08C4B" w:rsidR="006B1360" w:rsidRDefault="006B1360" w:rsidP="00226184">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB7C32">
+        <w:t>Subsección</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A72DBA3" w14:textId="0BC0F5A9" w:rsidR="00DB7C32" w:rsidRPr="00C114EF" w:rsidRDefault="00DB7C32" w:rsidP="00226184">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado3"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB7C32">
+        <w:lastRenderedPageBreak/>
+        <w:t>Subsubsección</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6216B2CE" w14:textId="00A3FB8C" w:rsidR="006B1360" w:rsidRPr="00DB7C32" w:rsidRDefault="006B1360" w:rsidP="00F133E1">
+      <w:pPr>
+        <w:pStyle w:val="puresultadosTxt"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t>Las listas con viñetas tienen este aspecto</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7C32">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265558F2" w14:textId="2BFBA09C" w:rsidR="00DB7C32" w:rsidRPr="003030D2" w:rsidRDefault="00DB7C32" w:rsidP="00DB7C32">
+      <w:r w:rsidRPr="003030D2">
+        <w:t>Primera viñeta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3341F649" w14:textId="5362C38D" w:rsidR="00DB7C32" w:rsidRPr="003030D2" w:rsidRDefault="00DB7C32" w:rsidP="00DB7C32">
+      <w:r w:rsidRPr="003030D2">
+        <w:t>Segunda viñeta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712AF7EF" w14:textId="2284E011" w:rsidR="006B1360" w:rsidRDefault="00DB7C32" w:rsidP="00DB7C32">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003030D2">
+        <w:t>Tercera viñeta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1876752D" w14:textId="77777777" w:rsidR="006B1360" w:rsidRPr="007D4ADF" w:rsidRDefault="006B1360" w:rsidP="00F133E1">
+      <w:pPr>
+        <w:pStyle w:val="puresultadosTxt"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t xml:space="preserve">Las listas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB7C32">
+        <w:t>numeradas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t xml:space="preserve"> pueden añadirse como sigue:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137A01D0" w14:textId="3EFB59B1" w:rsidR="006B1360" w:rsidRPr="007D4ADF" w:rsidRDefault="006B1360" w:rsidP="006E1368">
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t xml:space="preserve">Primer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E1368">
+        <w:t>punto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA44075" w14:textId="415585B6" w:rsidR="006B1360" w:rsidRPr="007D4ADF" w:rsidRDefault="006B1360" w:rsidP="006E1368">
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t>Segundo punto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A49B5AD" w14:textId="4DB91F9C" w:rsidR="006B1360" w:rsidRPr="007D4ADF" w:rsidRDefault="006B1360" w:rsidP="006E1368">
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t>Tercer punto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511EB3C2" w14:textId="27C72C34" w:rsidR="006B1360" w:rsidRPr="00C114EF" w:rsidRDefault="006B1360" w:rsidP="00226184">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C114EF">
+        <w:t>Figuras, tablas y esquemas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455A2AD7" w14:textId="3A3092CC" w:rsidR="00EB667F" w:rsidRDefault="006B1360" w:rsidP="00226184">
+      <w:pPr>
+        <w:pStyle w:val="puresultadosTxt"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t xml:space="preserve">Todas las figuras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12BE8">
+        <w:t>deben</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t xml:space="preserve"> citarse en el texto principal como Figura 1, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C114EF">
+        <w:t>Figura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C114EF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t>, etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12BE8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12BE8" w:rsidRPr="00E12BE8">
+        <w:t>Si fuere necesario se puede hacer uso de imágenes, fotografías o gráficos. En</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2AB1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12BE8" w:rsidRPr="00E12BE8">
+        <w:t>todos los casos se les llamará Figura, tal como se muestra en la Figura 1, donde se ve una imagen de prueba.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12BE8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12BE8" w:rsidRPr="00E12BE8">
+        <w:t>Las figuras deben referenciarse antes de aparecer en el artículo, y se debe dar siempre un pequeño resumen de su contenido.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6E6BFD" w14:textId="51C19F84" w:rsidR="00DC0725" w:rsidRDefault="00DC0725" w:rsidP="00DC0725">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>concluido con</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00223DC1" w:rsidRPr="006C6703">
+        <w:t xml:space="preserve">Figura </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> la redacción el artículo.</w:t>
-[...310 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
+      <w:r w:rsidR="00B03648">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00DC0725">
+        <w:t xml:space="preserve"> Incluya el </w:t>
+      </w:r>
+      <w:r w:rsidR="009A00B3">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0725">
+        <w:t xml:space="preserve">ítulo de su </w:t>
+      </w:r>
+      <w:r w:rsidR="009A00B3">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0725">
+        <w:t xml:space="preserve">ráfico </w:t>
+      </w:r>
+      <w:r w:rsidR="009A00B3">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0725">
+        <w:t>quí</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F74B555" w14:textId="7AD55136" w:rsidR="00A83793" w:rsidRDefault="007D2285" w:rsidP="00AD7D55">
+      <w:pPr>
+        <w:pStyle w:val="pufig"/>
+      </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CA49166" wp14:editId="6E18EB6B">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="635" b="1270"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CA49166" wp14:editId="66A4257F">
+            <wp:extent cx="2880000" cy="1904000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:docPr id="1662990413" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3600000" cy="2380000"/>
+                      <a:ext cx="2880000" cy="1904000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BAE0FFD" w14:textId="68F1158D" w:rsidR="00F173A3" w:rsidRPr="00F173A3" w:rsidRDefault="00F032E3" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="uptabNota"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00A413F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00850BED">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve">Las </w:t>
       </w:r>
       <w:r>
         <w:t>figuras</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve"> pueden tener un pie de página</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E1368">
         <w:t xml:space="preserve">que indique </w:t>
       </w:r>
       <w:r>
         <w:t>la fuente</w:t>
       </w:r>
       <w:r w:rsidR="006E1368">
         <w:t xml:space="preserve"> y elaboración (de ser el caso)</w:t>
@@ -1294,2202 +2102,2108 @@
     <w:p w14:paraId="7A47D755" w14:textId="130F601B" w:rsidR="00C114EF" w:rsidRPr="00C114EF" w:rsidRDefault="00C114EF" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Todas las tablas deben citarse en el texto principal como Tabla 1,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Tabla 2,</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> etc.</w:t>
       </w:r>
       <w:r w:rsidR="00E12BE8">
         <w:t xml:space="preserve"> Se puede hacer uso de tablas para presentar datos, como se muestra en la Tabla 1, donde se puede ver información de prueba. Las tablas deben referenciarse antes de aparecer en el artículo, y se debe dar siempre un pequeño resumen de su contenido. Si el contenido de la Tabla es elaboración propia de los autores, no se </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E12BE8">
         <w:t>declara como</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E12BE8">
         <w:t xml:space="preserve"> fuente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D146A4" w14:textId="0FB8D0DC" w:rsidR="00415FB9" w:rsidRPr="00E7572E" w:rsidRDefault="00415FB9" w:rsidP="004F0655">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E7572E">
+    <w:p w14:paraId="4F45E3FE" w14:textId="19000922" w:rsidR="00DC0725" w:rsidRDefault="00DC0725" w:rsidP="00DC0725">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Tabla \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
+      <w:r w:rsidR="00B03648">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00C114EF" w:rsidRPr="00E7572E">
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E7572E">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0725">
+        <w:t>Escriba el Título de su Tabla Aquí</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="7938" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3110"/>
         <w:gridCol w:w="2414"/>
         <w:gridCol w:w="2414"/>
       </w:tblGrid>
       <w:tr w:rsidR="006F4CC7" w:rsidRPr="004F0655" w14:paraId="3361E63C" w14:textId="77777777" w:rsidTr="00E7572E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AC2EE68" w14:textId="77777777" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="006F4CC7" w:rsidP="00694687">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Titulo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2414" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="234113C7" w14:textId="77777777" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="006F4CC7" w:rsidP="00694687">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Titulo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2414" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="12A086D9" w14:textId="77777777" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="006F4CC7" w:rsidP="00694687">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Titulo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F4CC7" w:rsidRPr="004F0655" w14:paraId="49AA46D3" w14:textId="77777777" w:rsidTr="00E7572E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4DCA5680" w14:textId="77777777" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="006F4CC7" w:rsidP="00694687">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entrada 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="66654A02" w14:textId="7A732DCD" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="00FA5F77" w:rsidP="00694687">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="56D522F0" w14:textId="62423C9E" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="00FA5F77" w:rsidP="00694687">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F4CC7" w:rsidRPr="004F0655" w14:paraId="63095E4F" w14:textId="77777777" w:rsidTr="00E7572E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="246BED3D" w14:textId="77777777" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="006F4CC7" w:rsidP="00694687">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entrada 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5B78F5CE" w14:textId="24F885C1" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="00FA5F77" w:rsidP="00694687">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4A7AC5F6" w14:textId="0745F268" w:rsidR="006F4CC7" w:rsidRPr="004F0655" w:rsidRDefault="00FA5F77" w:rsidP="00694687">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">datos </w:t>
             </w:r>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="67BAA622" w14:textId="6B594AD9" w:rsidR="006B1360" w:rsidRDefault="00F032E3" w:rsidP="00226184">
       <w:pPr>
         <w:pStyle w:val="uptabNota"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00DC0725">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00850BED">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve">Las </w:t>
       </w:r>
       <w:r w:rsidR="00FA5F77">
         <w:t>tablas</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve"> pueden tener un pie de página</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F0655">
         <w:t>que indique</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> fuente, breve </w:t>
       </w:r>
       <w:r w:rsidRPr="00F032E3">
         <w:t>resumen de su contenido</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> u otra información aclaratoria</w:t>
       </w:r>
       <w:r w:rsidR="004F0655">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="540B137C" w14:textId="177D1EC9" w:rsidR="00226184" w:rsidRDefault="00226184" w:rsidP="00226184">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA5F77">
+    <w:p w14:paraId="03EC83E5" w14:textId="193BFC0F" w:rsidR="009A00B3" w:rsidRDefault="009A00B3" w:rsidP="009A00B3">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A00B3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Figura 2.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Esta es una figura.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Figura </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A00B3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="009A00B3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="009A00B3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B03648">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A00B3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="009A00B3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Escriba aquí el título de su tabla</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4283"/>
-        <w:gridCol w:w="4505"/>
+        <w:gridCol w:w="4298"/>
+        <w:gridCol w:w="4490"/>
       </w:tblGrid>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00196D5A" w14:paraId="6296541A" w14:textId="77777777" w:rsidTr="00005090">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="432E4EEB" w14:textId="586A4DE5" w:rsidR="004F0655" w:rsidRPr="00196D5A" w:rsidRDefault="004F0655" w:rsidP="00F600D3">
-            <w:pPr>
-[...2 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="005273D3">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-419" w:eastAsia="es-419"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="013B1E57" wp14:editId="0164774E">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="013B1E57" wp14:editId="7D9FF0C9">
                   <wp:extent cx="5508000" cy="1594024"/>
                   <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                   <wp:docPr id="903038459" name="Imagem 2" descr="Gráfico, Gráfico de barras&#10;&#10;Descrição gerada automaticamente"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="903038459" name="Imagem 2" descr="Gráfico, Gráfico de barras&#10;&#10;Descrição gerada automaticamente"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId14" cstate="print">
+                          <a:blip r:embed="rId18" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect t="12066"/>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5508000" cy="1594024"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA5F77" w:rsidRPr="00196D5A" w14:paraId="143D8BF4" w14:textId="77777777" w:rsidTr="00005090">
+      <w:tr w:rsidR="00FA5F77" w:rsidRPr="00196D5A" w14:paraId="143D8BF4" w14:textId="77777777" w:rsidTr="009A00B3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4283" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4293" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C255545" w14:textId="10BAFDD0" w:rsidR="00FA5F77" w:rsidRPr="00196D5A" w:rsidRDefault="00FA5F77" w:rsidP="00F600D3">
-            <w:pPr>
-[...1 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00196D5A">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="0019231B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00196D5A">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F44FA26" w14:textId="0BEF631F" w:rsidR="00FA5F77" w:rsidRPr="00196D5A" w:rsidRDefault="00FA5F77" w:rsidP="00F600D3">
-            <w:pPr>
-[...1 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00196D5A">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="0019231B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="00196D5A">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D03BF47" w14:textId="2BDDBE3E" w:rsidR="00005090" w:rsidRDefault="00005090" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="uptabNota"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00005090">
+      </w:pPr>
+      <w:r w:rsidRPr="009A00B3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA5F77">
         <w:t>Los esquemas siguen otro formato. Si hay varios paneles, deben enumerarse como: (a) Descripción de lo que contiene el primer panel; (b) Descripción de lo contenido en el segundo panel. Las figuras deben colocarse en el texto principal cerca de la primera vez que se citan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22413F6E" w14:textId="2490AB2E" w:rsidR="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Esta es una tabla. Las tablas deben colocarse en el texto principal cerca de la primera vez que se citan.</w:t>
+    <w:p w14:paraId="1E8F2A88" w14:textId="1590CD41" w:rsidR="009A00B3" w:rsidRDefault="009A00B3" w:rsidP="009A00B3">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tabla </w:t>
+      </w:r>
+      <w:fldSimple w:instr=" SEQ Tabla \* ARABIC ">
+        <w:r w:rsidR="00B03648">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+      </w:fldSimple>
+      <w:r>
+        <w:t>. Esta es una nueva tabla</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3312"/>
         <w:gridCol w:w="2594"/>
         <w:gridCol w:w="1441"/>
         <w:gridCol w:w="1441"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="2E732E51" w14:textId="77777777" w:rsidTr="004F0655">
+      <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="2E732E51" w14:textId="77777777" w:rsidTr="009A00B3">
         <w:trPr>
+          <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E87B4E3" w14:textId="047879A9" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Título 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17336287" w14:textId="56F3F583" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Título 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29578466" w14:textId="75788F8B" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Título 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D7F0F1B" w14:textId="67E609A3" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Título 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="3064247E" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13C4930C" w14:textId="2328BB70" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>entrada 1 *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="774A00FB" w14:textId="0740BBAD" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D14A447" w14:textId="3375C3D4" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BEF24D0" w14:textId="6C1988B3" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="72CFCB83" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0CD8C2F4" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72BBC18F" w14:textId="0F3147C7" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27FD90A0" w14:textId="0FBE9B07" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45A1FF66" w14:textId="3615A84C" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="1CF24032" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28BF4A2A" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D8D048C" w14:textId="558ABAE6" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35F46027" w14:textId="602841FA" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B198438" w14:textId="2E6BD576" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="01557CC3" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14958EB7" w14:textId="73164791" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>entrada 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4890C012" w14:textId="653CE6E6" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74255837" w14:textId="10B6F76C" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57B6227A" w14:textId="3DD5C287" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="58D3637C" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47A00188" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60679D31" w14:textId="795FCF99" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02063D7E" w14:textId="4652C6AE" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4471B256" w14:textId="4B5BA11A" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="1DC18A39" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="409C7F83" w14:textId="5E7D755C" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>entrada 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4ED49AE8" w14:textId="04EE97F6" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D4799B6" w14:textId="05698EA1" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EE0B661" w14:textId="0C1157A2" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="549F072E" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="24E05E29" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E89203D" w14:textId="2603779A" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DA699BA" w14:textId="796761D0" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B645F0A" w14:textId="0D3A6F20" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="2BE99CF0" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73E355FC" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7366A26C" w14:textId="6122A0BA" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="43720F6E" w14:textId="3C8196B7" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09C6D518" w14:textId="0CA957CC" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="2B2F4D99" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C3664E6" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DC9B0DC" w14:textId="472F764F" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D92B194" w14:textId="14A6C0CD" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FB34372" w14:textId="7F354A0F" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="080B5804" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50C0B09C" w14:textId="22A8083A" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>entrada 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B443C33" w14:textId="5BCEBA6F" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C616BD" w14:textId="516E406F" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="716342EC" w14:textId="6D9C1F6A" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F0655" w:rsidRPr="00655E61" w14:paraId="21F6E11A" w14:textId="77777777" w:rsidTr="004F0655">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363C43BB" w14:textId="77777777" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40FF3234" w14:textId="2ED249A9" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1935C37E" w14:textId="19EDB8A4" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="820" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E998101" w14:textId="23EC15E8" w:rsidR="004F0655" w:rsidRPr="004F0655" w:rsidRDefault="004F0655" w:rsidP="004F0655">
             <w:pPr>
-              <w:pStyle w:val="MDPI42tablebody"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0655">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36683F61" w14:textId="77777777" w:rsidR="004F0655" w:rsidRDefault="004F0655" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="uptabNota"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00545546">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56608">
+      <w:r w:rsidRPr="00545546">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve">Las </w:t>
       </w:r>
       <w:r>
         <w:t>tablas</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve"> pueden tener un pie de página</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> que indique fuente, breve </w:t>
       </w:r>
       <w:r w:rsidRPr="00F032E3">
         <w:t>resumen de su contenido</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> u otra información aclaratoria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ACD6C36" w14:textId="33D09E23" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E7572E">
         <w:t>Formato</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve"> de los componentes matemáticos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35BD595D" w14:textId="35916612" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="00E12BE8" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r>
         <w:t>Para fórmulas matemáticas se debe usar el editor de ecuaciones, e</w:t>
       </w:r>
       <w:r w:rsidR="002C3FD1" w:rsidRPr="007D4ADF">
         <w:t>ste es el ejemplo 1 de una ecuación</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1A2777" w14:textId="33A1A6AE" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00005090">
-[...1 lines deleted...]
-        <w:pStyle w:val="puresultadosTxt"/>
+    <w:p w14:paraId="3C1A2777" w14:textId="11A5634A" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00FC71C8">
+      <w:pPr>
+        <w:pStyle w:val="putextoGrl"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
-        <w:t xml:space="preserve">a = 1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+        <w:t>a = 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7572E">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7572E">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7572E">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7572E">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7572E">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00244B51" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>(1)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:instrText xml:space="preserve"> SEQ Ecuación \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B03648">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC78799" w14:textId="666F9E72" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Este es el ejemplo 2 de una ecuación</w:t>
       </w:r>
       <w:r w:rsidR="00E12BE8">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA9CCA7" w14:textId="5A094500" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="00170023" w:rsidP="00E7572E">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2DA9CCA7" w14:textId="48B47912" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="00170023" w:rsidP="00B12105">
+      <w:pPr>
+        <w:pStyle w:val="putextoGrl"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:object w:dxaOrig="3340" w:dyaOrig="1060" w14:anchorId="1E45AA75">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:163pt;height:54.15pt" o:ole="" o:allowoverlap="f">
-            <v:imagedata r:id="rId15" o:title=""/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:163.5pt;height:54pt" o:ole="" o:allowoverlap="f">
+            <v:imagedata r:id="rId19" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1797343068" r:id="rId16"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1829712101" r:id="rId20"/>
         </w:object>
       </w:r>
-      <w:r w:rsidR="001B6011" w:rsidRPr="007D4ADF">
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:tab/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:instrText xml:space="preserve"> SEQ Ecuación \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B03648">
         <w:rPr>
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:noProof/>
         </w:rPr>
-        <w:tab/>
-[...47 lines deleted...]
-        <w:t>(2)</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00FC71C8">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FEAA616" w14:textId="77777777" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Los entornos de tipo teorema (incluidas proposiciones, lemas, corolarios, etc.) pueden formatearse como sigue:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097DD66C" w14:textId="4944C235" w:rsidR="00494C03" w:rsidRPr="007D4ADF" w:rsidRDefault="00494C03" w:rsidP="00DB7C32">
-[...1 lines deleted...]
-        <w:pStyle w:val="42SUBSECCIN"/>
+    <w:p w14:paraId="097DD66C" w14:textId="4944C235" w:rsidR="00494C03" w:rsidRPr="007D4ADF" w:rsidRDefault="00494C03" w:rsidP="00402052">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t xml:space="preserve">Formato de </w:t>
       </w:r>
       <w:r w:rsidR="004B30B4" w:rsidRPr="007D4ADF">
         <w:t>declaraciones o análisis cualitativo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F29818" w14:textId="7A9FF715" w:rsidR="002C3FD1" w:rsidRPr="007D4ADF" w:rsidRDefault="002C3FD1" w:rsidP="00005090">
       <w:pPr>
         <w:pStyle w:val="puresultadosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve">Texto de ejemplo de </w:t>
       </w:r>
       <w:r w:rsidR="00C723B2" w:rsidRPr="00A56608">
         <w:t xml:space="preserve">una </w:t>
       </w:r>
       <w:r w:rsidR="00520319" w:rsidRPr="00A56608">
         <w:t>declaración:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56608">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00520319" w:rsidRPr="00A56608">
@@ -3566,639 +4280,407 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">se debe </w:t>
       </w:r>
       <w:r w:rsidR="00DF4C17">
         <w:t>contrastar</w:t>
       </w:r>
       <w:r w:rsidRPr="00736C0A">
         <w:t xml:space="preserve"> los resultados del estudio con otros, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">es impórtate </w:t>
       </w:r>
       <w:r w:rsidRPr="00736C0A">
         <w:t>enunciar las ventajas del estudio y sus aportes, evitando adjetivos que elogien los resultados.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10DBDB2C" w14:textId="64974486" w:rsidR="00502FB5" w:rsidRPr="007D4ADF" w:rsidRDefault="00736C0A" w:rsidP="009C1409">
       <w:pPr>
         <w:pStyle w:val="pudiscOtrosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
-        <w:lastRenderedPageBreak/>
         <w:t>Los resultados y sus implicaciones deben discutirse en el contexto más amplio posible. También pueden destacarse las futuras líneas de investigación</w:t>
       </w:r>
       <w:r w:rsidR="007D2C11">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFDED8C" w14:textId="665AA159" w:rsidR="00502FB5" w:rsidRPr="007D4ADF" w:rsidRDefault="005E0286" w:rsidP="009C1409">
+    <w:p w14:paraId="2DFDED8C" w14:textId="665AA159" w:rsidR="00502FB5" w:rsidRPr="007D4ADF" w:rsidRDefault="005E0286" w:rsidP="00C5196C">
       <w:pPr>
         <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C6E7AA3" w14:textId="782B7F5B" w:rsidR="005E0286" w:rsidRDefault="00736C0A" w:rsidP="009C1409">
       <w:pPr>
         <w:pStyle w:val="pudiscOtrosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="00736C0A">
         <w:t>Las conclusiones reflejan que el objetivo establecido ha sido cumplido, así como su impacto en sentido general</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00736C0A">
         <w:t xml:space="preserve"> de ellas suelen derivarse las recomendaciones. Constituyen el punto principal para futuras investigaciones, deben redactarse de manera breve y precisa.  No utilice guiones o viñetas para separar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> conclusiones</w:t>
       </w:r>
       <w:r w:rsidRPr="00736C0A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD01E16" w14:textId="70DD6D0E" w:rsidR="00F173A3" w:rsidRPr="007D4ADF" w:rsidRDefault="00F173A3" w:rsidP="009C1409">
-[...1 lines deleted...]
-        <w:pStyle w:val="pureferencias"/>
+    <w:p w14:paraId="3E8A2CA2" w14:textId="3390A6CB" w:rsidR="005E1DEF" w:rsidRDefault="00176EC7" w:rsidP="00D124B6">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
-        <w:t>Referencias</w:t>
+        <w:t>Financia</w:t>
+      </w:r>
+      <w:r w:rsidR="00D124B6">
+        <w:t>miento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A1E6C2" w14:textId="2CE284A0" w:rsidR="004F0655" w:rsidRPr="007D4ADF" w:rsidRDefault="004F0655" w:rsidP="009C1409">
-[...314 lines deleted...]
-        <w:pStyle w:val="3PRRAFO"/>
+    <w:p w14:paraId="1BE64E34" w14:textId="1DD26D46" w:rsidR="00100458" w:rsidRPr="007D4ADF" w:rsidRDefault="00104F85" w:rsidP="00761003">
+      <w:pPr>
+        <w:pStyle w:val="pudiscOtrosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="00104F85">
         <w:t xml:space="preserve">Los artículos que derivan de proyectos financiados deben </w:t>
       </w:r>
       <w:r w:rsidR="006B3936">
         <w:t>indicar</w:t>
       </w:r>
       <w:r w:rsidRPr="00104F85">
         <w:t xml:space="preserve"> la entidad </w:t>
       </w:r>
       <w:r w:rsidR="006B3936">
         <w:t>que financió la investigación</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104F85">
-        <w:t>, incluyendo número de contrato, convenio o resolución</w:t>
+      <w:r w:rsidR="00D124B6">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3003">
+        <w:t>UNCP, PROCIENCIA, Etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D124B6">
+        <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00736C0A">
-        <w:t xml:space="preserve">, por favor añada: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D124B6">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00736C0A">
+        <w:t xml:space="preserve">or favor añada: </w:t>
       </w:r>
       <w:r w:rsidR="00736C0A" w:rsidRPr="007D4ADF">
-        <w:t xml:space="preserve">"Esta investigación fue financiada por NOMBRE DEL FINANCIADOR, </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> XXX"</w:t>
+        <w:t>"Esta investigación fue financiada por NOMBRE DEL FINANCIADOR"</w:t>
       </w:r>
       <w:r w:rsidRPr="00104F85">
         <w:t>. De lo contrario, señalar</w:t>
       </w:r>
       <w:r w:rsidR="00736C0A">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00104F85">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00176EC7" w:rsidRPr="007D4ADF">
-        <w:t>"Esta investigación no recibió financiación externa"</w:t>
+        <w:t xml:space="preserve">"Esta investigación no recibió </w:t>
+      </w:r>
+      <w:r w:rsidR="00D124B6">
+        <w:t>financiamiento</w:t>
+      </w:r>
+      <w:r w:rsidR="00176EC7" w:rsidRPr="007D4ADF">
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3003">
+        <w:t>. Cabe precisar que el registro en el sistema EXFEDU</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7B62">
+        <w:t xml:space="preserve"> y los bonos derivados de este</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3003">
+        <w:t xml:space="preserve">, no </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7B62">
+        <w:t>se consideran como financiamiento</w:t>
       </w:r>
       <w:r w:rsidR="00736C0A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D44E1C" w14:textId="3B92BF22" w:rsidR="005E1DEF" w:rsidRDefault="00A90616" w:rsidP="005E1DEF">
-[...1 lines deleted...]
-        <w:pStyle w:val="2SECCIN"/>
+    <w:p w14:paraId="09D44E1C" w14:textId="778F5362" w:rsidR="005E1DEF" w:rsidRDefault="00A90616" w:rsidP="00D124B6">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
+        <w:t>Declaración</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1D4B">
+        <w:t xml:space="preserve"> y aprobación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7B62">
+        <w:t>Ética</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A34655" w14:textId="41834A12" w:rsidR="000E6857" w:rsidRDefault="0086716A" w:rsidP="00FF77A2">
+      <w:pPr>
+        <w:pStyle w:val="pudiscOtrosTxt"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Declare </w:t>
+      </w:r>
+      <w:r w:rsidR="00207079">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la aprobación ética </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF77A2">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que ha obtenido para su manuscrito, utilice cualquiera de las </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6857">
+        <w:t>siguientes declaraciones. Tenga en cuenta que existen muchos tipos diferentes de declaraciones y situaciones, por lo que se proporcionan varios ejemplos, pero es posible que no cubran todos los casos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373B0F32" w14:textId="77777777" w:rsidR="000E6857" w:rsidRPr="00DB1893" w:rsidRDefault="000E6857" w:rsidP="00DB1893">
+      <w:pPr>
+        <w:pStyle w:val="mtdtslstBllts"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1893">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Se obtuvo la aprobación ética para este estudio/caso/serie de casos del NOMBRE DEL COMITÉ DE ÉTICA O JUNTA DE REVISIÓN INSTITUCIONAL (NÚMERO DE APROBACIÓN/ID).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4C2A0C" w14:textId="77777777" w:rsidR="000E6857" w:rsidRPr="00DB1893" w:rsidRDefault="000E6857" w:rsidP="00DB1893">
+      <w:pPr>
+        <w:pStyle w:val="mtdtslstBllts"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1893">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Declaración de consentimiento informado </w:t>
+        <w:t>La aprobación ética para este estudio fue dispensada (eximida) por el/la NOMBRE DEL COMITÉ DE ÉTICA O JUNTA DE REVISIÓN INSTITUCIONAL debido a RAZÓN DE LA DISPENSA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25AF5CB6" w14:textId="15F2E55C" w:rsidR="00A90616" w:rsidRPr="007D4ADF" w:rsidRDefault="00A90616" w:rsidP="00EC4082">
-[...16 lines deleted...]
-        <w:t>(proporcione una justificación detallada)". O "No procede" para los estudios en los que no participen seres humanos. También puede optar por excluir esta declaración si el estudio no incluyó seres humanos.</w:t>
+    <w:p w14:paraId="2C97CCAF" w14:textId="77777777" w:rsidR="000E6857" w:rsidRPr="00DB1893" w:rsidRDefault="000E6857" w:rsidP="00DB1893">
+      <w:pPr>
+        <w:pStyle w:val="mtdtslstBllts"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1893">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No se solicitó aprobación ética para el presente estudio debido a RAZÓN.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E99C37E" w14:textId="538473E7" w:rsidR="0040736B" w:rsidRPr="007D4ADF" w:rsidRDefault="00A90616" w:rsidP="00EC4082">
-[...4 lines deleted...]
-        <w:t>Debe obtenerse el consentimiento informado por escrito para la publicación de los pacientes participantes que puedan ser identificados (incluso por los propios pacientes). Indique "Se ha obtenido el consentimiento informado por escrito de los pacientes para publicar este artículo" si procede.</w:t>
+    <w:p w14:paraId="0E0885E4" w14:textId="77777777" w:rsidR="000E6857" w:rsidRPr="00DB1893" w:rsidRDefault="000E6857" w:rsidP="00DB1893">
+      <w:pPr>
+        <w:pStyle w:val="mtdtslstBllts"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1893">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nuestra institución no requiere aprobación ética para comunicar casos individuales o series de casos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C43C96" w14:textId="77777777" w:rsidR="005E1DEF" w:rsidRDefault="007B3FB0" w:rsidP="005E1DEF">
-[...1 lines deleted...]
-        <w:pStyle w:val="2SECCIN"/>
+    <w:p w14:paraId="79761AB2" w14:textId="77777777" w:rsidR="000E6857" w:rsidRPr="00DB1893" w:rsidRDefault="000E6857" w:rsidP="00DB1893">
+      <w:pPr>
+        <w:pStyle w:val="mtdtslstBllts"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1893">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>La Junta de Revisión Institucional (IRB) determinó que el protocolo se considera exento debido a RAZÓN el FECHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E99C37E" w14:textId="4F6E0F04" w:rsidR="0040736B" w:rsidRPr="007D4ADF" w:rsidRDefault="000E6857" w:rsidP="00DB1893">
+      <w:pPr>
+        <w:pStyle w:val="mtdtslstBllts"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1893">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Esta investigación no requirió la aprobación de la Junta de Revisión Institucional (IRB) debido a RAZÓN.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C43C96" w14:textId="77777777" w:rsidR="005E1DEF" w:rsidRDefault="007B3FB0" w:rsidP="00D124B6">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Agradecimientos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C771C90" w14:textId="31B1A2ED" w:rsidR="007B3FB0" w:rsidRPr="007D4ADF" w:rsidRDefault="007B3FB0" w:rsidP="00EC4082">
-[...1 lines deleted...]
-        <w:pStyle w:val="3PRRAFO"/>
+    <w:p w14:paraId="1C771C90" w14:textId="31B1A2ED" w:rsidR="007B3FB0" w:rsidRPr="007D4ADF" w:rsidRDefault="007B3FB0" w:rsidP="00761003">
+      <w:pPr>
+        <w:pStyle w:val="pudiscOtrosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>En esta sección puede agradecer cualquier apoyo prestado que no esté cubierto por las secciones de contribución del autor o financiación. Esto puede incluir apoyo administrativo y técnico, o donaciones en especie (por ejemplo, materiales utilizados para los experimentos).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3A3CFC" w14:textId="77777777" w:rsidR="005E1DEF" w:rsidRDefault="007B3FB0" w:rsidP="005E1DEF">
-[...1 lines deleted...]
-        <w:pStyle w:val="2SECCIN"/>
+    <w:p w14:paraId="2F3A3CFC" w14:textId="77777777" w:rsidR="005E1DEF" w:rsidRDefault="007B3FB0" w:rsidP="00D124B6">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Conflictos de intereses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="732F10BA" w14:textId="596C77CA" w:rsidR="00085A43" w:rsidRDefault="007B3FB0" w:rsidP="00EC4082">
-[...1 lines deleted...]
-        <w:pStyle w:val="3PRRAFO"/>
+    <w:p w14:paraId="732F10BA" w14:textId="596C77CA" w:rsidR="00085A43" w:rsidRDefault="007B3FB0" w:rsidP="00761003">
+      <w:pPr>
+        <w:pStyle w:val="pudiscOtrosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="007D4ADF">
         <w:t>Declare los conflictos de intereses o indique "Los autores declaran no tener ningún conflicto de intereses". Los autores deben identificar y declarar cualquier circunstancia o interés personal que pueda percibirse como una influencia inapropiada en la representación o interpretación de los resultados de la investigación comunicados. Cualquier papel de los financiadores en el diseño del estudio; en la recogida, análisis o interpretación de los datos; en la redacción del manuscrito; o en la decisión de publicar los resultados debe declararse en esta sección. Si no hay ningún papel, indique "Los financiadores no tuvieron ningún papel en el diseño del estudio; en la recogida, análisis o interpretación de los datos; en la redacción del manuscrito; o en la decisión de publicar los resultados".</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="136B88A1" w14:textId="77777777" w:rsidR="00227AE9" w:rsidRDefault="00227AE9" w:rsidP="00227AE9">
-[...1 lines deleted...]
-        <w:pStyle w:val="2SECCIN"/>
+    <w:p w14:paraId="136B88A1" w14:textId="77777777" w:rsidR="00227AE9" w:rsidRDefault="00227AE9" w:rsidP="00107E96">
+      <w:pPr>
+        <w:pStyle w:val="puencabezado2"/>
       </w:pPr>
       <w:r w:rsidRPr="00227AE9">
         <w:t>Contribución de los autores</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="313C7100" w14:textId="75EE049E" w:rsidR="00227AE9" w:rsidRPr="00F173A3" w:rsidRDefault="0060625E" w:rsidP="00EC4082">
-[...1 lines deleted...]
-        <w:pStyle w:val="3PRRAFO"/>
+    <w:p w14:paraId="67953BEA" w14:textId="3BD2A4D3" w:rsidR="009255F2" w:rsidRDefault="0060625E" w:rsidP="00761003">
+      <w:pPr>
+        <w:pStyle w:val="pudiscOtrosTxt"/>
       </w:pPr>
       <w:r w:rsidRPr="0060625E">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Indicar la contribución de cada uno de los autores </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">(utilizando sólo iniciales de nombres y apellidos) </w:t>
       </w:r>
       <w:r w:rsidRPr="0060625E">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">según la taxonomía de roles para la contribución de autoría </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0060625E">
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>CRediT</w:t>
+        <w:t>CRediT (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://credit.niso.org/"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0060625E">
+        <w:t>Contributor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0060625E">
+        <w:t xml:space="preserve"> Roles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0060625E">
+        <w:t>Taxonomy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="0060625E">
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="0060625E">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4082">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
-          <w:lang w:val="es-MX"/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Contributor</w:t>
-[...19 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>de la</w:t>
       </w:r>
       <w:r w:rsidRPr="0060625E">
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-MX"/>
-[...13 lines deleted...]
-          <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> NISO. Por ejemplo:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00227AE9" w:rsidRPr="00227AE9">
         <w:t xml:space="preserve">TKMC: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Taxonomía de roles CRediT"/>
           <w:tag w:val="Taxonomía de roles CRediT"/>
           <w:id w:val="-1191826488"/>
           <w:placeholder>
             <w:docPart w:val="AF71935C1E6443EEAFFE0188C0943C22"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Elija un elemento."/>
             <w:listItem w:displayText="Administración de proyecto" w:value="Administración de proyecto"/>
             <w:listItem w:displayText="Adquisición de financiación" w:value="Adquisición de financiación"/>
             <w:listItem w:displayText="Análisis formal" w:value="Análisis formal"/>
             <w:listItem w:displayText="Conceptualización" w:value="Conceptualización"/>
             <w:listItem w:displayText="Curación de datos" w:value="Curación de datos"/>
             <w:listItem w:displayText="Investigación" w:value="Investigación"/>
             <w:listItem w:displayText="Metodología" w:value="Metodología"/>
             <w:listItem w:displayText="Recursos" w:value="Recursos"/>
             <w:listItem w:displayText="Software" w:value="Software"/>
@@ -4374,109 +4856,367 @@
           <w:id w:val="680016120"/>
           <w:placeholder>
             <w:docPart w:val="B6551E8A49D84652AAF3EECEF3A65BF6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Elija un elemento."/>
             <w:listItem w:displayText="Administración de proyecto" w:value="Administración de proyecto"/>
             <w:listItem w:displayText="Adquisición de financiación" w:value="Adquisición de financiación"/>
             <w:listItem w:displayText="Análisis formal" w:value="Análisis formal"/>
             <w:listItem w:displayText="Conceptualización" w:value="Conceptualización"/>
             <w:listItem w:displayText="Curación de datos" w:value="Curación de datos"/>
             <w:listItem w:displayText="Investigación" w:value="Investigación"/>
             <w:listItem w:displayText="Metodología" w:value="Metodología"/>
             <w:listItem w:displayText="Recursos" w:value="Recursos"/>
             <w:listItem w:displayText="Software" w:value="Software"/>
             <w:listItem w:displayText="Supervisión" w:value="Supervisión"/>
             <w:listItem w:displayText="Validación" w:value="Validación"/>
             <w:listItem w:displayText="Visualización" w:value="Visualización"/>
             <w:listItem w:displayText="Escritura – borrador original" w:value="Escritura – borrador original"/>
             <w:listItem w:displayText="Escritura – revisión y edición" w:value="Escritura – revisión y edición"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="004F0655" w:rsidRPr="005F7683">
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
             <w:t xml:space="preserve">Elija un </w:t>
           </w:r>
           <w:r w:rsidR="004F0655">
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
             <w:t>r</w:t>
           </w:r>
           <w:r w:rsidR="004F0655" w:rsidRPr="0060625E">
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
             <w:t>ol de colaborador</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F0655">
-        <w:t xml:space="preserve">; </w:t>
+        <w:t>; etc</w:t>
+      </w:r>
+      <w:r w:rsidR="00777175">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F33C3A" w14:textId="77777777" w:rsidR="00761003" w:rsidRPr="009255F2" w:rsidRDefault="00761003" w:rsidP="00761003">
+      <w:pPr>
+        <w:pStyle w:val="pureferencias"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:t>Referencias</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195A320C" w14:textId="77777777" w:rsidR="00761003" w:rsidRPr="007D4ADF" w:rsidRDefault="00761003" w:rsidP="00761003">
+      <w:pPr>
+        <w:pStyle w:val="putextoGrl"/>
+      </w:pPr>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t>ebe citar mínimamente 15 publicaciones más relevantes y actualizadas. Todas las</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> citas y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t xml:space="preserve"> referencias mencionadas en el texto deben citarse en estilo </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="1" w:history="1">
+        <w:r w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t xml:space="preserve">American </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>Psychological</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>Association</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>, 7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>m</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006C6703">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>a. edición (APA)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6703">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Ut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t>ili</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ce </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t xml:space="preserve">un software de gestión de referencias bibliográficas (Mendeley, Zotero o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="004F0655">
-        <w:t>etc</w:t>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t>EndNote</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="004F0655">
-        <w:t>…</w:t>
+      <w:r w:rsidRPr="00523FBD">
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00227AE9" w:rsidRPr="00F173A3" w:rsidSect="00DF38A7">
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId21"/>
+    <w:p w14:paraId="343EB9F2" w14:textId="77777777" w:rsidR="00761003" w:rsidRPr="0060625E" w:rsidRDefault="00761003" w:rsidP="00761003">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F173A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smith, J. (2020). El impacto de la tecnología en la educación. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F173A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Revista de Educación,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F173A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F173A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F173A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2), 123-137. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.1186/2193-9020-3-18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65704C9B" w14:textId="77777777" w:rsidR="00761003" w:rsidRPr="007D4ADF" w:rsidRDefault="00761003" w:rsidP="00761003">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Johnson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M. A., &amp; Anderson, L. B. (2019). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El papel de la comunicación interpersonal en los equipos de trabajo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F173A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Revista de Psicología Organizacional, 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4), 567-582. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>https://doi.org/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>10.5678/wxyz1234</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A92332" w14:textId="408D2138" w:rsidR="00761003" w:rsidRDefault="00761003" w:rsidP="00A413F9">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">García, R. M., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>Martínez</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A. L., &amp; Pérez, J. R. (2018). El impacto de la dieta en la salud cardiovascular. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F173A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Revista de Nutrición, 25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(3), 189-205. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>https://doi.org/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>10.9876/abcd5678</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A73666" w14:textId="258E5B43" w:rsidR="00857672" w:rsidRDefault="00857672" w:rsidP="000F6E92">
+      <w:pPr>
+        <w:pStyle w:val="mtdtsenc1"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00857672" w:rsidSect="00F3567A">
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="1418" w:bottom="993" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
-      <w:lnNumType w:countBy="1" w:restart="continuous"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="993" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="366E7360" w14:textId="77777777" w:rsidR="002904EB" w:rsidRDefault="002904EB" w:rsidP="00837ABE">
+    <w:p w14:paraId="4F689B1D" w14:textId="77777777" w:rsidR="00F03390" w:rsidRDefault="00F03390" w:rsidP="00837ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11C2AA1B" w14:textId="77777777" w:rsidR="002904EB" w:rsidRDefault="002904EB" w:rsidP="00837ABE">
+    <w:p w14:paraId="385F5A24" w14:textId="77777777" w:rsidR="00F03390" w:rsidRDefault="00F03390" w:rsidP="00837ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4488,359 +5228,246 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...20 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Palatino Linotype">
-    <w:panose1 w:val="02040502050505030304"/>
+  <w:font w:name="Aptos Serif">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A11526FF" w:usb1="C000ECFB" w:usb2="00010000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Book Antiqua">
+    <w:altName w:val="Book Antiqua"/>
+    <w:panose1 w:val="02040602050305030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...144 lines deleted...]
-  </w:tbl>
+  <w:p w14:paraId="2A681CE7" w14:textId="77777777" w:rsidR="00204D3F" w:rsidRDefault="00204D3F"/>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="929618387"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="774BCEF8" w14:textId="74C3EEFC" w:rsidR="00402052" w:rsidRDefault="00402052">
+        <w:pPr>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
   <w:p w14:paraId="7BE31C64" w14:textId="77777777" w:rsidR="00355880" w:rsidRPr="00DF38A7" w:rsidRDefault="00355880" w:rsidP="00DF38A7">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="4"/>
         <w:szCs w:val="4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77C33A4B" w14:textId="77777777" w:rsidR="00204D3F" w:rsidRDefault="00204D3F"/>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B2E6842" w14:textId="77777777" w:rsidR="002904EB" w:rsidRDefault="002904EB" w:rsidP="00837ABE">
+    <w:p w14:paraId="5E078953" w14:textId="77777777" w:rsidR="00F03390" w:rsidRDefault="00F03390" w:rsidP="00837ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47831444" w14:textId="77777777" w:rsidR="002904EB" w:rsidRDefault="002904EB" w:rsidP="00837ABE">
+    <w:p w14:paraId="53F6A204" w14:textId="77777777" w:rsidR="00F03390" w:rsidRDefault="00F03390" w:rsidP="00837ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="02C5B550" w14:textId="77777777" w:rsidR="006F18E8" w:rsidRDefault="006F18E8">
-[...3 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="02C5B550" w14:textId="77777777" w:rsidR="006F18E8" w:rsidRDefault="006F18E8"/>
   <w:p w14:paraId="0085CC38" w14:textId="77777777" w:rsidR="00C2185E" w:rsidRDefault="00C2185E"/>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="0070C0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="57" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4816"/>
       <w:gridCol w:w="3962"/>
     </w:tblGrid>
     <w:tr w:rsidR="005830BB" w:rsidRPr="005830BB" w14:paraId="51AF2618" w14:textId="77777777" w:rsidTr="006F18E8">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2743" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="27F8237D" w14:textId="27C9BD00" w:rsidR="005830BB" w:rsidRPr="005830BB" w:rsidRDefault="00000000" w:rsidP="00694687">
+        <w:p w14:paraId="27F8237D" w14:textId="73291A7F" w:rsidR="005830BB" w:rsidRPr="005830BB" w:rsidRDefault="00000000" w:rsidP="00694687">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
-[...3 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="31437C"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:alias w:val="Nombre de la revista"/>
               <w:tag w:val="Nombre de la revista"/>
               <w:id w:val="940798446"/>
               <w:placeholder>
                 <w:docPart w:val="91920AB8A8F2418FB4DE5DC9266D015B"/>
               </w:placeholder>
+              <w:showingPlcHdr/>
               <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
               <w:text/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:r w:rsidR="00A60A4C">
+              <w:r w:rsidR="004372AD" w:rsidRPr="00813F7A">
                 <w:rPr>
-                  <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-[...4 lines deleted...]
-                  <w:szCs w:val="18"/>
+                  <w:rStyle w:val="PlaceholderText"/>
                 </w:rPr>
-                <w:t>Revista Prospectiva Universitaria (PU)</w:t>
+                <w:t>[Categoría]</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="005830BB" w:rsidRPr="005830BB">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:color w:val="31437C"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="005830BB" w:rsidRPr="005830BB">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:b/>
               <w:color w:val="31437C"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>(</w:t>
           </w:r>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
@@ -4868,388 +5495,336 @@
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PUCSO</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="005830BB" w:rsidRPr="005830BB">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:b/>
               <w:color w:val="31437C"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2257" w:type="pct"/>
         </w:tcPr>
         <w:p w14:paraId="75762D27" w14:textId="77777777" w:rsidR="005830BB" w:rsidRPr="005830BB" w:rsidRDefault="005830BB" w:rsidP="00523735">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
-[...3 lines deleted...]
-            </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005830BB">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">Licencia de atribución: </w:t>
           </w:r>
           <w:hyperlink r:id="rId1" w:history="1">
             <w:r w:rsidRPr="005830BB">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>CC BY-NC 4.0</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="005830BB" w:rsidRPr="005830BB" w14:paraId="6784E2C6" w14:textId="77777777" w:rsidTr="006F18E8">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2743" w:type="pct"/>
         </w:tcPr>
         <w:p w14:paraId="47553EC2" w14:textId="77777777" w:rsidR="005830BB" w:rsidRPr="00F63470" w:rsidRDefault="00586AA2" w:rsidP="00694687">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
-[...3 lines deleted...]
-            </w:tabs>
             <w:rPr>
-              <w:rStyle w:val="Hyperlink"/>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="31437C"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
-              <w:u w:val="none"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId2" w:history="1">
             <w:r w:rsidRPr="00F63470">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="31437C"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="none"/>
               </w:rPr>
               <w:t>https://revistas.uncp.edu.pe/index.php/prospectiva</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2257" w:type="pct"/>
         </w:tcPr>
         <w:p w14:paraId="2C5582BA" w14:textId="77777777" w:rsidR="005830BB" w:rsidRPr="005830BB" w:rsidRDefault="00000000" w:rsidP="00523735">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
-[...3 lines deleted...]
-            </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:alias w:val="Artículo original"/>
               <w:tag w:val="Artículo original"/>
               <w:id w:val="1191339778"/>
               <w:placeholder>
                 <w:docPart w:val="985829A4F1C54418920FEAAEF3898077"/>
               </w:placeholder>
               <w:comboBox>
                 <w:listItem w:value="Elija un elemento."/>
                 <w:listItem w:displayText="Artículo de investigación" w:value="Artículo de investigación"/>
                 <w:listItem w:displayText="Artículo de revisión" w:value="Artículo de revisión"/>
                 <w:listItem w:displayText="Reporte de caso" w:value="Reporte de caso"/>
               </w:comboBox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r w:rsidR="001B30A3">
                 <w:rPr>
                   <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Artículo de investigación</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...180 lines deleted...]
-  <w:p w14:paraId="6620F6D8" w14:textId="08433F6D" w:rsidR="00837ABE" w:rsidRPr="00DF38A7" w:rsidRDefault="00837ABE" w:rsidP="006F18E8">
+  <w:p w14:paraId="59784FB0" w14:textId="321F442E" w:rsidR="00FB18D0" w:rsidRDefault="005E49D0" w:rsidP="00777175">
     <w:pPr>
-      <w:pStyle w:val="NoSpacing"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-        <w:sz w:val="4"/>
-        <w:szCs w:val="4"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="005E49D0">
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Plantilla de </w:t>
+    </w:r>
+    <w:r w:rsidR="004A7939">
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      </w:rPr>
+      <w:t>Artículo y Metadatos</w:t>
+    </w:r>
   </w:p>
+  <w:p w14:paraId="012A36A5" w14:textId="772E18DE" w:rsidR="005E49D0" w:rsidRPr="005E49D0" w:rsidRDefault="005E49D0" w:rsidP="00777175">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00C5196C">
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>https://revistas.uncp.edu.pe/</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="117C722C" w14:textId="77777777" w:rsidR="00204D3F" w:rsidRDefault="00204D3F"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08C23969"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7520E534"/>
+    <w:lvl w:ilvl="0" w:tplc="6DE0ACE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="mtdtslstBllts"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="280A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18B468F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C39A5CB0"/>
     <w:lvl w:ilvl="0" w:tplc="DC3201A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
-      <w:pStyle w:val="MDPI38bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -5292,58 +5867,57 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19BA2266"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBE05EFC"/>
     <w:lvl w:ilvl="0" w:tplc="6324EEA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="6NUMERACIN"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="704" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="280A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2084" w:hanging="180"/>
@@ -5382,51 +5956,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B7A2CFA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1FD8079C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="pulistLetter"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5497,58 +6071,57 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44C32ED4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12E8C058"/>
     <w:lvl w:ilvl="0" w:tplc="6690008A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="5VIETA"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -5611,51 +6184,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E037D7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="410488BC"/>
     <w:lvl w:ilvl="0" w:tplc="6E760FAC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5723,51 +6296,227 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52554F39"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04CC50D8"/>
+    <w:lvl w:ilvl="0" w:tplc="C89A7912">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="mtdtslstNmbr"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57192438"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="09C64B3E"/>
+    <w:lvl w:ilvl="0" w:tplc="E28E24BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B61736D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93CC6782"/>
     <w:lvl w:ilvl="0" w:tplc="6E760FAC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5835,51 +6584,51 @@
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="735E314E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6426A5EA"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5948,51 +6697,51 @@
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76172C10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44B8C9C8"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6061,81 +6810,78 @@
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AE047A7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="61EAD2BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="1TTULO"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="42SUBSECCIN"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="43SUBSECCIN"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
@@ -6154,363 +6900,498 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1784493610">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2072654344">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="332726704">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2072654344">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="4" w16cid:durableId="1684045297">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="332726704">
+  <w:num w:numId="5" w16cid:durableId="1963729193">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2124105682">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="604776013">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1684045297">
+  <w:num w:numId="8" w16cid:durableId="1623270005">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1994066310">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="735862385">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="153491442">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1963729193">
-[...2 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="2124105682">
+  <w:num w:numId="12" w16cid:durableId="1106927044">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="604776013">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="13" w16cid:durableId="1801343219">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1623270005">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="14" w16cid:durableId="1146504923">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1994066310">
+  <w:num w:numId="15" w16cid:durableId="287662239">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="735862385">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="16" w16cid:durableId="34013959">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00755813"/>
     <w:rsid w:val="00005090"/>
     <w:rsid w:val="00011E69"/>
+    <w:rsid w:val="000133A2"/>
     <w:rsid w:val="00022E8B"/>
     <w:rsid w:val="000317C7"/>
     <w:rsid w:val="00033321"/>
     <w:rsid w:val="000343A3"/>
-    <w:rsid w:val="000414ED"/>
-    <w:rsid w:val="00042FB5"/>
     <w:rsid w:val="000444A7"/>
+    <w:rsid w:val="00067AC5"/>
     <w:rsid w:val="000736DA"/>
     <w:rsid w:val="000832BF"/>
     <w:rsid w:val="00085A43"/>
     <w:rsid w:val="000865B4"/>
     <w:rsid w:val="00095CA1"/>
     <w:rsid w:val="00097B3A"/>
+    <w:rsid w:val="000A1834"/>
     <w:rsid w:val="000A65FD"/>
     <w:rsid w:val="000A753D"/>
     <w:rsid w:val="000B343D"/>
     <w:rsid w:val="000C08F0"/>
     <w:rsid w:val="000D7295"/>
+    <w:rsid w:val="000E6857"/>
     <w:rsid w:val="000F2AB9"/>
+    <w:rsid w:val="000F3D7E"/>
+    <w:rsid w:val="000F6E92"/>
     <w:rsid w:val="00100458"/>
     <w:rsid w:val="00104B8A"/>
     <w:rsid w:val="00104F85"/>
+    <w:rsid w:val="00107E96"/>
     <w:rsid w:val="0012712A"/>
+    <w:rsid w:val="00132CC7"/>
     <w:rsid w:val="00140D87"/>
+    <w:rsid w:val="00151391"/>
     <w:rsid w:val="00152DEC"/>
     <w:rsid w:val="00155A30"/>
     <w:rsid w:val="00164AA6"/>
     <w:rsid w:val="001661F4"/>
+    <w:rsid w:val="00167F42"/>
     <w:rsid w:val="00170023"/>
+    <w:rsid w:val="001726A0"/>
     <w:rsid w:val="00174941"/>
     <w:rsid w:val="00176EC7"/>
+    <w:rsid w:val="001867B2"/>
     <w:rsid w:val="00186BA0"/>
+    <w:rsid w:val="001958E6"/>
     <w:rsid w:val="00197EAB"/>
+    <w:rsid w:val="001A2BA3"/>
+    <w:rsid w:val="001A57C2"/>
     <w:rsid w:val="001B30A3"/>
     <w:rsid w:val="001B5EB2"/>
     <w:rsid w:val="001B6011"/>
     <w:rsid w:val="001C1974"/>
     <w:rsid w:val="001D004C"/>
+    <w:rsid w:val="00200DD1"/>
     <w:rsid w:val="00201832"/>
+    <w:rsid w:val="00204D3F"/>
+    <w:rsid w:val="002066A8"/>
+    <w:rsid w:val="00207079"/>
     <w:rsid w:val="002070C5"/>
     <w:rsid w:val="00216172"/>
     <w:rsid w:val="00217366"/>
     <w:rsid w:val="00222075"/>
     <w:rsid w:val="002233A5"/>
     <w:rsid w:val="00223DC1"/>
     <w:rsid w:val="00226184"/>
     <w:rsid w:val="00227AE9"/>
+    <w:rsid w:val="00227DA6"/>
     <w:rsid w:val="00244B51"/>
     <w:rsid w:val="00247ECA"/>
     <w:rsid w:val="002514D5"/>
-    <w:rsid w:val="002904EB"/>
+    <w:rsid w:val="00255111"/>
+    <w:rsid w:val="00276F68"/>
+    <w:rsid w:val="00277EA1"/>
     <w:rsid w:val="002A5165"/>
+    <w:rsid w:val="002B5876"/>
     <w:rsid w:val="002C3FD1"/>
     <w:rsid w:val="002E04F0"/>
+    <w:rsid w:val="002E3426"/>
+    <w:rsid w:val="002E57DD"/>
+    <w:rsid w:val="002E7B62"/>
+    <w:rsid w:val="002F3F41"/>
     <w:rsid w:val="00305EC1"/>
+    <w:rsid w:val="00307D72"/>
     <w:rsid w:val="003232FE"/>
+    <w:rsid w:val="003406DA"/>
     <w:rsid w:val="003418B3"/>
-    <w:rsid w:val="00347269"/>
     <w:rsid w:val="00355880"/>
+    <w:rsid w:val="0038385E"/>
     <w:rsid w:val="00384ABD"/>
+    <w:rsid w:val="00402052"/>
     <w:rsid w:val="0040736B"/>
     <w:rsid w:val="00415FB9"/>
+    <w:rsid w:val="00432415"/>
+    <w:rsid w:val="004355F3"/>
+    <w:rsid w:val="004372AD"/>
     <w:rsid w:val="00441C1E"/>
     <w:rsid w:val="00461C79"/>
+    <w:rsid w:val="00462F13"/>
     <w:rsid w:val="00465803"/>
+    <w:rsid w:val="00476689"/>
     <w:rsid w:val="004852D5"/>
+    <w:rsid w:val="004938F1"/>
     <w:rsid w:val="00494C03"/>
+    <w:rsid w:val="004A442A"/>
+    <w:rsid w:val="004A763F"/>
+    <w:rsid w:val="004A7939"/>
     <w:rsid w:val="004B30B4"/>
     <w:rsid w:val="004F0655"/>
+    <w:rsid w:val="004F3C99"/>
     <w:rsid w:val="00502FB5"/>
     <w:rsid w:val="00520319"/>
     <w:rsid w:val="00523735"/>
     <w:rsid w:val="00523FBD"/>
     <w:rsid w:val="00543EB5"/>
+    <w:rsid w:val="00544211"/>
+    <w:rsid w:val="00545546"/>
     <w:rsid w:val="00581448"/>
     <w:rsid w:val="005830BB"/>
     <w:rsid w:val="00583BC0"/>
     <w:rsid w:val="00586AA2"/>
     <w:rsid w:val="0059717C"/>
     <w:rsid w:val="005A06AF"/>
     <w:rsid w:val="005A0F29"/>
     <w:rsid w:val="005A1444"/>
     <w:rsid w:val="005A2BD3"/>
     <w:rsid w:val="005A601D"/>
     <w:rsid w:val="005B3D84"/>
     <w:rsid w:val="005C2C0F"/>
     <w:rsid w:val="005C5ABF"/>
     <w:rsid w:val="005E0286"/>
     <w:rsid w:val="005E1DEF"/>
+    <w:rsid w:val="005E49D0"/>
     <w:rsid w:val="005E5FAC"/>
     <w:rsid w:val="0060327A"/>
     <w:rsid w:val="00605CBD"/>
     <w:rsid w:val="0060625E"/>
     <w:rsid w:val="00616C9B"/>
+    <w:rsid w:val="00666B00"/>
     <w:rsid w:val="00676C24"/>
     <w:rsid w:val="00680FC4"/>
+    <w:rsid w:val="0068620B"/>
     <w:rsid w:val="00694687"/>
     <w:rsid w:val="0069471D"/>
+    <w:rsid w:val="006A3E7E"/>
     <w:rsid w:val="006A7088"/>
     <w:rsid w:val="006B1360"/>
     <w:rsid w:val="006B3936"/>
     <w:rsid w:val="006C6703"/>
+    <w:rsid w:val="006D06DE"/>
     <w:rsid w:val="006E1368"/>
+    <w:rsid w:val="006F105F"/>
     <w:rsid w:val="006F18E8"/>
+    <w:rsid w:val="006F43D4"/>
     <w:rsid w:val="006F4CC7"/>
     <w:rsid w:val="00713289"/>
+    <w:rsid w:val="00714BC4"/>
     <w:rsid w:val="007249FE"/>
     <w:rsid w:val="0073615D"/>
     <w:rsid w:val="00736C0A"/>
     <w:rsid w:val="007427C3"/>
     <w:rsid w:val="0075398D"/>
     <w:rsid w:val="00755813"/>
     <w:rsid w:val="00757DD7"/>
     <w:rsid w:val="00760AD0"/>
+    <w:rsid w:val="00761003"/>
+    <w:rsid w:val="00777175"/>
+    <w:rsid w:val="00782293"/>
     <w:rsid w:val="00792C38"/>
     <w:rsid w:val="00793015"/>
     <w:rsid w:val="0079617C"/>
     <w:rsid w:val="007A23C1"/>
     <w:rsid w:val="007B3FB0"/>
     <w:rsid w:val="007B629D"/>
+    <w:rsid w:val="007C1C50"/>
     <w:rsid w:val="007C41F3"/>
     <w:rsid w:val="007C6191"/>
     <w:rsid w:val="007D2285"/>
     <w:rsid w:val="007D2C11"/>
     <w:rsid w:val="007D4ADF"/>
-    <w:rsid w:val="007E44CF"/>
+    <w:rsid w:val="007E1D4B"/>
+    <w:rsid w:val="007F2EC8"/>
     <w:rsid w:val="00805B82"/>
+    <w:rsid w:val="00813971"/>
     <w:rsid w:val="00816783"/>
+    <w:rsid w:val="00827637"/>
     <w:rsid w:val="00837ABE"/>
     <w:rsid w:val="008408CD"/>
+    <w:rsid w:val="0084367F"/>
+    <w:rsid w:val="00850BED"/>
     <w:rsid w:val="00856586"/>
+    <w:rsid w:val="00857672"/>
     <w:rsid w:val="00861661"/>
+    <w:rsid w:val="0086716A"/>
     <w:rsid w:val="00870EDD"/>
     <w:rsid w:val="00871826"/>
+    <w:rsid w:val="00880249"/>
     <w:rsid w:val="00894082"/>
+    <w:rsid w:val="008A6B5E"/>
+    <w:rsid w:val="008C6D8E"/>
+    <w:rsid w:val="008D091C"/>
+    <w:rsid w:val="008E3E82"/>
     <w:rsid w:val="008F3D07"/>
     <w:rsid w:val="008F53AC"/>
     <w:rsid w:val="008F5B76"/>
+    <w:rsid w:val="008F6876"/>
     <w:rsid w:val="009045F8"/>
+    <w:rsid w:val="009255F2"/>
     <w:rsid w:val="00927CE2"/>
     <w:rsid w:val="00933333"/>
+    <w:rsid w:val="009359E3"/>
     <w:rsid w:val="00937636"/>
     <w:rsid w:val="0094626B"/>
     <w:rsid w:val="0098085F"/>
     <w:rsid w:val="00982E94"/>
     <w:rsid w:val="00990070"/>
     <w:rsid w:val="009913A2"/>
+    <w:rsid w:val="009A00B3"/>
     <w:rsid w:val="009A28AE"/>
+    <w:rsid w:val="009A33F6"/>
     <w:rsid w:val="009A3846"/>
     <w:rsid w:val="009B2E8E"/>
     <w:rsid w:val="009C1409"/>
     <w:rsid w:val="009D3A1D"/>
+    <w:rsid w:val="009D6EDF"/>
+    <w:rsid w:val="009F415C"/>
     <w:rsid w:val="00A110DB"/>
+    <w:rsid w:val="00A300C4"/>
     <w:rsid w:val="00A36734"/>
+    <w:rsid w:val="00A413F9"/>
+    <w:rsid w:val="00A460A6"/>
+    <w:rsid w:val="00A53AB1"/>
     <w:rsid w:val="00A56608"/>
-    <w:rsid w:val="00A60A4C"/>
+    <w:rsid w:val="00A76C18"/>
     <w:rsid w:val="00A82676"/>
     <w:rsid w:val="00A83793"/>
     <w:rsid w:val="00A90616"/>
     <w:rsid w:val="00AB2935"/>
     <w:rsid w:val="00AB5248"/>
+    <w:rsid w:val="00AB7DA7"/>
+    <w:rsid w:val="00AD7D55"/>
+    <w:rsid w:val="00B03648"/>
+    <w:rsid w:val="00B12105"/>
     <w:rsid w:val="00B1684E"/>
+    <w:rsid w:val="00B40548"/>
     <w:rsid w:val="00B45A0E"/>
     <w:rsid w:val="00B47804"/>
-    <w:rsid w:val="00B5023F"/>
     <w:rsid w:val="00B51584"/>
     <w:rsid w:val="00B6170C"/>
+    <w:rsid w:val="00B63F37"/>
     <w:rsid w:val="00B72457"/>
+    <w:rsid w:val="00BC3DA3"/>
     <w:rsid w:val="00BE2132"/>
     <w:rsid w:val="00C02F2D"/>
     <w:rsid w:val="00C03BAE"/>
     <w:rsid w:val="00C07A66"/>
     <w:rsid w:val="00C114EF"/>
     <w:rsid w:val="00C2185E"/>
     <w:rsid w:val="00C23A4F"/>
+    <w:rsid w:val="00C2435F"/>
+    <w:rsid w:val="00C5196C"/>
     <w:rsid w:val="00C52689"/>
     <w:rsid w:val="00C7059C"/>
     <w:rsid w:val="00C723B2"/>
     <w:rsid w:val="00C7394D"/>
-    <w:rsid w:val="00C82B4E"/>
     <w:rsid w:val="00C9202B"/>
     <w:rsid w:val="00CA7A6F"/>
+    <w:rsid w:val="00CB5FEF"/>
     <w:rsid w:val="00CB6314"/>
+    <w:rsid w:val="00CC5881"/>
+    <w:rsid w:val="00D124B6"/>
     <w:rsid w:val="00D205A1"/>
     <w:rsid w:val="00D30673"/>
+    <w:rsid w:val="00D326D1"/>
     <w:rsid w:val="00D44CE6"/>
+    <w:rsid w:val="00D571DE"/>
     <w:rsid w:val="00D769AC"/>
     <w:rsid w:val="00DA1B04"/>
     <w:rsid w:val="00DA5C6D"/>
     <w:rsid w:val="00DB11DC"/>
+    <w:rsid w:val="00DB1893"/>
+    <w:rsid w:val="00DB1A22"/>
+    <w:rsid w:val="00DB1D0A"/>
     <w:rsid w:val="00DB525A"/>
     <w:rsid w:val="00DB7C32"/>
-    <w:rsid w:val="00DC6C4A"/>
-    <w:rsid w:val="00DE79D0"/>
+    <w:rsid w:val="00DC0725"/>
+    <w:rsid w:val="00DC3003"/>
+    <w:rsid w:val="00DE6E96"/>
+    <w:rsid w:val="00DE7AEC"/>
+    <w:rsid w:val="00DE7B41"/>
     <w:rsid w:val="00DF38A7"/>
     <w:rsid w:val="00DF4C17"/>
     <w:rsid w:val="00DF767B"/>
     <w:rsid w:val="00DF7967"/>
     <w:rsid w:val="00E03A31"/>
+    <w:rsid w:val="00E0799D"/>
     <w:rsid w:val="00E12BE8"/>
+    <w:rsid w:val="00E204CB"/>
     <w:rsid w:val="00E24809"/>
+    <w:rsid w:val="00E27B84"/>
+    <w:rsid w:val="00E32FE8"/>
+    <w:rsid w:val="00E35D35"/>
     <w:rsid w:val="00E53B4F"/>
     <w:rsid w:val="00E569F0"/>
     <w:rsid w:val="00E66877"/>
+    <w:rsid w:val="00E67824"/>
     <w:rsid w:val="00E7572E"/>
+    <w:rsid w:val="00E81B56"/>
     <w:rsid w:val="00E82B9C"/>
     <w:rsid w:val="00E85BB2"/>
-    <w:rsid w:val="00E904D2"/>
     <w:rsid w:val="00EA46A1"/>
+    <w:rsid w:val="00EB0B12"/>
     <w:rsid w:val="00EB21AF"/>
     <w:rsid w:val="00EB667F"/>
+    <w:rsid w:val="00EC21A4"/>
     <w:rsid w:val="00EC4082"/>
     <w:rsid w:val="00ED7A9D"/>
     <w:rsid w:val="00EE0E58"/>
     <w:rsid w:val="00EE24FD"/>
+    <w:rsid w:val="00EE4B76"/>
+    <w:rsid w:val="00F021D1"/>
     <w:rsid w:val="00F032E3"/>
+    <w:rsid w:val="00F03390"/>
     <w:rsid w:val="00F133E1"/>
     <w:rsid w:val="00F173A3"/>
+    <w:rsid w:val="00F2087E"/>
+    <w:rsid w:val="00F27355"/>
     <w:rsid w:val="00F31D41"/>
     <w:rsid w:val="00F32BAD"/>
+    <w:rsid w:val="00F3567A"/>
     <w:rsid w:val="00F54E27"/>
     <w:rsid w:val="00F63470"/>
     <w:rsid w:val="00F64880"/>
+    <w:rsid w:val="00F65ADC"/>
     <w:rsid w:val="00F7377E"/>
+    <w:rsid w:val="00F75444"/>
     <w:rsid w:val="00F85E9E"/>
     <w:rsid w:val="00FA41BF"/>
     <w:rsid w:val="00FA5F77"/>
+    <w:rsid w:val="00FB18D0"/>
     <w:rsid w:val="00FC2AB1"/>
+    <w:rsid w:val="00FC2FF8"/>
+    <w:rsid w:val="00FC71C8"/>
     <w:rsid w:val="00FD589A"/>
     <w:rsid w:val="00FE3863"/>
+    <w:rsid w:val="00FF77A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-PE"/>
+  <w:themeFontLang w:val="es-PE" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="550A17BC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{930ED9B8-F7D3-4BC8-A631-3D5AE97C1B45}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -6569,51 +7450,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6883,1052 +7764,258 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00DC0725"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos Serif" w:hAnsi="Aptos Serif"/>
+      <w:sz w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F021D1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Els-Abstract-head">
-[...3 lines deleted...]
-    <w:rsid w:val="00755813"/>
+  <w:style w:type="character" w:styleId="LineNumber">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DE6E96"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="mtdtsnota">
+    <w:name w:val="mtdts_nota"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00200DD1"/>
     <w:pPr>
-      <w:keepNext/>
-[...4 lines deleted...]
-      <w:spacing w:after="220" w:line="220" w:lineRule="exact"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:kern w:val="0"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Els-Affiliation">
-[...2 lines deleted...]
-    <w:rsid w:val="00755813"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="mtdtsenc2">
+    <w:name w:val="mtdts_enc2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="004372AD"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+      <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:lang w:val="es-MX"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="mtdtsenc1">
+    <w:name w:val="mtdts_enc1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F3567A"/>
+    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Els-keywords">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004372AD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00AB5248"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="LineNumber">
-[...8 lines deleted...]
-    <w:name w:val="Bibliography"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="mtdtslstBllts">
+    <w:name w:val="mtdts_lstBllts"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00DB525A"/>
+    <w:qFormat/>
+    <w:rsid w:val="00307D72"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="15"/>
       </w:numPr>
-      <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="714" w:hanging="357"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...491 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00856586"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...268 lines deleted...]
-    </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puabsTit">
     <w:name w:val="pu_absTit"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3544"/>
         <w:tab w:val="left" w:pos="4678"/>
       </w:tabs>
       <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Arial" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puabstractTit">
     <w:name w:val="pu_abstractTit"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00384ABD"/>
+    <w:rsid w:val="009255F2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3544"/>
         <w:tab w:val="left" w:pos="4678"/>
       </w:tabs>
       <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Arial" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="putextoGrl">
     <w:name w:val="pu_textoGrl"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:pPr>
       <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
@@ -7956,102 +8043,103 @@
     <w:name w:val="pu_absTxt_ES"/>
     <w:basedOn w:val="putextoGrl"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puAgrContConf">
     <w:name w:val="pu_AgrContConf"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="pudiscOtrosTit">
     <w:name w:val="pu_discOtrosTit"/>
     <w:qFormat/>
-    <w:rsid w:val="00384ABD"/>
+    <w:rsid w:val="009A00B3"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
-      <w:sz w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="pudiscOtrosTxt">
     <w:name w:val="pu_discOtrosTxt"/>
     <w:basedOn w:val="putextoGrl"/>
     <w:qFormat/>
-    <w:rsid w:val="00384ABD"/>
+    <w:rsid w:val="00761003"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puencabezado1">
     <w:name w:val="pu_encabezado1"/>
     <w:next w:val="putextoGrl"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:pPr>
       <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puencabezado2">
     <w:name w:val="pu_encabezado2"/>
     <w:next w:val="putextoGrl"/>
     <w:qFormat/>
-    <w:rsid w:val="00384ABD"/>
+    <w:rsid w:val="00402052"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
-      <w:sz w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puencabezado3">
     <w:name w:val="pu_encabezado3"/>
     <w:next w:val="putextoGrl"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="pufig">
     <w:name w:val="pu_fig"/>
     <w:qFormat/>
@@ -8177,203 +8265,154 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="pulistLetter">
     <w:name w:val="pu_listLetter"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="pumetodoTit">
     <w:name w:val="pu_metodoTit"/>
     <w:basedOn w:val="puintroTit"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="pumetodoTxt">
     <w:name w:val="pu_metodoTxt"/>
     <w:basedOn w:val="putextoGrl"/>
     <w:qFormat/>
-    <w:rsid w:val="00384ABD"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00384ABD"/>
+    <w:rsid w:val="00A413F9"/>
     <w:pPr>
-      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...14 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="pureferencias">
     <w:name w:val="pu_referencias"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="purefTit">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00F021D1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Book Antiqua" w:eastAsia="SimSun" w:hAnsi="Book Antiqua" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Aptos Serif" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos Serif" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:kern w:val="0"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="purefTitChar">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="mtdtstxt">
+    <w:name w:val="mtdts_txt"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F43D4"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puresultadosTit">
     <w:name w:val="pu_resultadosTit"/>
     <w:basedOn w:val="puintroTit"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puresultadosTxt">
     <w:name w:val="pu_resultadosTxt"/>
     <w:basedOn w:val="putextoGrl"/>
     <w:qFormat/>
-    <w:rsid w:val="00384ABD"/>
+    <w:rsid w:val="00A413F9"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puresumenTit">
     <w:name w:val="pu_resumenTit"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3544"/>
         <w:tab w:val="left" w:pos="4678"/>
       </w:tabs>
       <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="284" w:hanging="284"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Arial" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puresumenTxt">
     <w:name w:val="pu_resumenTxt"/>
     <w:basedOn w:val="putextoGrl"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="putipo">
     <w:name w:val="pu_tipo"/>
     <w:qFormat/>
-    <w:rsid w:val="00384ABD"/>
+    <w:rsid w:val="00F75444"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-      <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="putituloEn">
     <w:name w:val="pu_tituloEn"/>
     <w:link w:val="putituloEnChar"/>
     <w:qFormat/>
     <w:rsid w:val="00384ABD"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="putituloEnChar">
     <w:name w:val="pu_tituloEn Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="putituloEn"/>
@@ -8400,73 +8439,290 @@
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="putituloEsChar">
     <w:name w:val="pu_tituloEs Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="putituloEs"/>
     <w:rsid w:val="00384ABD"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="uptabNota">
     <w:name w:val="up_tabNota"/>
     <w:qFormat/>
-    <w:rsid w:val="00005090"/>
+    <w:rsid w:val="009A00B3"/>
     <w:pPr>
       <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Arial"/>
       <w:kern w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="puFrecibido">
+    <w:name w:val="pu_Frecibido"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2435F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Calibri Light"/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="puFaceptado">
+    <w:name w:val="pu_Faceptado"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2435F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Calibri Light"/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="puFpublicado">
+    <w:name w:val="pu_Fpublicado"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2435F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Calibri Light"/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="puvol">
+    <w:name w:val="pu_vol"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2435F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Calibri Light"/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="punum">
+    <w:name w:val="pu_num"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2435F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Calibri Light"/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="puregOjs">
+    <w:name w:val="pu_regOjs"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2435F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Calibri Light"/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pueissn">
+    <w:name w:val="pu_eissn"/>
+    <w:basedOn w:val="puregOjs"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2435F"/>
+    <w:rPr>
+      <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="puYear">
+    <w:name w:val="pu_Year"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2435F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Calibri Light"/>
+      <w:bCs/>
+      <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="puRevistaName">
+    <w:name w:val="pu_RevistaName"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2435F"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:b/>
+      <w:color w:val="681A73"/>
+      <w:lang w:val="es-MX"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="puRevistaUrl">
+    <w:name w:val="pu_RevistaUrl"/>
+    <w:link w:val="puRevistaUrlChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2435F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:i/>
+      <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
       <w:sz w:val="18"/>
-      <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="puRevistaUrlChar">
+    <w:name w:val="pu_RevistaUrl Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="puRevistaUrl"/>
+    <w:rsid w:val="00C2435F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:i/>
+      <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="punrml">
+    <w:name w:val="pu_nrml"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="009359E3"/>
+    <w:rPr>
+      <w:lang w:val="es-MX"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="mtdtslstNmbr">
+    <w:name w:val="mtdts_lstNmbr"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00476689"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="16"/>
+      </w:numPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="es-MX"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC0725"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revistacomunicar.com/pdf/documentos/2020-apa7-comunicar-es.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.uncp.edu.pe/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references/examples/journal-article-references" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uncp.edu.pe/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references/examples/journal-article-references" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-education.psu.edu/styleforstudents/c1_p2.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references/examples/journal-article-references" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxxxx@uncp.edu.pe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxxxx@uncp.edu.pe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.uncp.edu.pe/index.php/prospectiva" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0D0908E6897F4C62819481514132361F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -8701,79 +8957,50 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AC5F23E3-38BC-4EDD-A13D-731D3956BFFA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002B2AC7" w:rsidRDefault="002B2AC7" w:rsidP="002B2AC7">
           <w:pPr>
             <w:pStyle w:val="49214159231F4685AB1052CE85B487A5"/>
           </w:pPr>
           <w:r w:rsidRPr="009D7421">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Palabras clave]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="E8702062913944A89A9D87320DFA7F5D"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="985829A4F1C54418920FEAAEF3898077"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{80CF7FAD-12DF-48F8-B118-889C8F660EB8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004B20ED" w:rsidRDefault="00ED3C87" w:rsidP="00ED3C87">
           <w:pPr>
             <w:pStyle w:val="985829A4F1C54418920FEAAEF3898077"/>
           </w:pPr>
           <w:r w:rsidRPr="00761AB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Elija un elemento.</w:t>
           </w:r>
         </w:p>
@@ -8846,170 +9073,176 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...20 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Palatino Linotype">
-    <w:panose1 w:val="02040502050505030304"/>
+  <w:font w:name="Aptos Serif">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A11526FF" w:usb1="C000ECFB" w:usb2="00010000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Book Antiqua">
+    <w:altName w:val="Book Antiqua"/>
+    <w:panose1 w:val="02040602050305030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00072BDC"/>
     <w:rsid w:val="0003159F"/>
     <w:rsid w:val="00032E99"/>
     <w:rsid w:val="00072BDC"/>
-    <w:rsid w:val="001E4A4A"/>
+    <w:rsid w:val="001958E6"/>
+    <w:rsid w:val="001A2BA3"/>
     <w:rsid w:val="001F6B25"/>
     <w:rsid w:val="002B2AC7"/>
+    <w:rsid w:val="002B5876"/>
     <w:rsid w:val="002C2DB2"/>
+    <w:rsid w:val="002E57DD"/>
     <w:rsid w:val="0032404B"/>
     <w:rsid w:val="003756C1"/>
+    <w:rsid w:val="00464D07"/>
     <w:rsid w:val="004B20ED"/>
     <w:rsid w:val="00516FF3"/>
     <w:rsid w:val="00557A6E"/>
     <w:rsid w:val="00601F1B"/>
     <w:rsid w:val="00626EC0"/>
+    <w:rsid w:val="0068620B"/>
     <w:rsid w:val="0069471D"/>
+    <w:rsid w:val="0069479A"/>
     <w:rsid w:val="007008F8"/>
     <w:rsid w:val="007063D7"/>
-    <w:rsid w:val="007E44CF"/>
+    <w:rsid w:val="007E6715"/>
+    <w:rsid w:val="008C6D8E"/>
     <w:rsid w:val="009A663A"/>
+    <w:rsid w:val="009D6EDF"/>
+    <w:rsid w:val="00A149DA"/>
+    <w:rsid w:val="00A20944"/>
     <w:rsid w:val="00A4549F"/>
+    <w:rsid w:val="00BD1A3F"/>
     <w:rsid w:val="00C13A51"/>
     <w:rsid w:val="00C25370"/>
     <w:rsid w:val="00CA6FC1"/>
     <w:rsid w:val="00D25CB8"/>
     <w:rsid w:val="00DA09F6"/>
+    <w:rsid w:val="00E1318C"/>
     <w:rsid w:val="00EA1D25"/>
     <w:rsid w:val="00ED3C87"/>
+    <w:rsid w:val="00F02EAC"/>
     <w:rsid w:val="00F80CAC"/>
     <w:rsid w:val="00FF473A"/>
     <w:rsid w:val="00FF633C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-MX"/>
+  <w:themeFontLang w:val="es-MX" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -9403,105 +9636,98 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DA09F6"/>
+    <w:rsid w:val="00A20944"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0D0908E6897F4C62819481514132361F1">
     <w:name w:val="0D0908E6897F4C62819481514132361F1"/>
     <w:rsid w:val="00CA6FC1"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Book Antiqua"/>
       <w:kern w:val="2"/>
       <w:lang w:val="es-PE" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF71935C1E6443EEAFFE0188C0943C22">
     <w:name w:val="AF71935C1E6443EEAFFE0188C0943C22"/>
     <w:rsid w:val="00CA6FC1"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1C52506CA384928908349B2A2C3F9D5">
     <w:name w:val="E1C52506CA384928908349B2A2C3F9D5"/>
     <w:rsid w:val="00CA6FC1"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D632BC06522F45BD907BCB00012CC4B4">
     <w:name w:val="D632BC06522F45BD907BCB00012CC4B4"/>
     <w:rsid w:val="00CA6FC1"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="91920AB8A8F2418FB4DE5DC9266D015B">
     <w:name w:val="91920AB8A8F2418FB4DE5DC9266D015B"/>
     <w:rsid w:val="002B2AC7"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="49214159231F4685AB1052CE85B487A5">
     <w:name w:val="49214159231F4685AB1052CE85B487A5"/>
-    <w:rsid w:val="002B2AC7"/>
-[...5 lines deleted...]
-    <w:name w:val="E8702062913944A89A9D87320DFA7F5D"/>
     <w:rsid w:val="002B2AC7"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="985829A4F1C54418920FEAAEF3898077">
     <w:name w:val="985829A4F1C54418920FEAAEF3898077"/>
     <w:rsid w:val="00ED3C87"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="24F1C0AD331547C79ADFE788F44A019B1">
     <w:name w:val="24F1C0AD331547C79ADFE788F44A019B1"/>
     <w:rsid w:val="00DA09F6"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Book Antiqua"/>
       <w:kern w:val="2"/>
       <w:lang w:val="es-PE" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
@@ -9840,94 +10066,95 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BE96D45-1CE6-4D84-8248-5BF52BAB2AAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2261</Words>
-  <Characters>12438</Characters>
+  <Words>2150</Words>
+  <Characters>11827</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Plantilla de artículo para envío [v.1.0]</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Instituto de Investigación</Manager>
   <Company>Universidad Nacional del Centro del Perú (UNCP)</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14670</CharactersWithSpaces>
+  <CharactersWithSpaces>13950</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Plantilla de artículo para envío [v.1.0]</dc:title>
+  <dc:title>Metadatos del Artículo</dc:title>
   <dc:subject>Formato de manuscrito</dc:subject>
   <dc:creator>Edgar Julian-Laime®</dc:creator>
   <cp:keywords>PUCSO</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>Revista Prospectiva Universitaria (PU)</cp:category>
+  <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ZOTERO_PREF_1">
     <vt:lpwstr>&lt;data data-version="3" zotero-version="6.0.30"&gt;&lt;session id="Z9soMhP9"/&gt;&lt;style id="http://www.zotero.org/styles/apa" locale="es-ES" hasBibliography="1" bibliographyStyleHasBeenSet="1"/&gt;&lt;prefs&gt;&lt;pref name="fieldType" value="Field"/&gt;&lt;/prefs&gt;&lt;/data&gt;</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
     <vt:lpwstr>52b96a8e026e54ec4e5db862709e3c96910a00d354e1fb437823f2756ece26db</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Mendeley Document_1">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Mendeley Citation Style_1">
     <vt:lpwstr>http://www.zotero.org/styles/apa</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Mendeley Unique User Id_1">
     <vt:lpwstr>1ed70cb9-515a-3111-8173-c5635cdb4d81</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Mendeley Recent Style Id 0_1">
     <vt:lpwstr>http://www.zotero.org/styles/american-medical-association</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Mendeley Recent Style Name 0_1">
     <vt:lpwstr>American Medical Association 11th edition</vt:lpwstr>